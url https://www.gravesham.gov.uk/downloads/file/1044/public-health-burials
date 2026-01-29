--- v0 (2025-12-19)
+++ v1 (2026-01-29)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ellie.nixon\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\deborah.ali\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F3A76A4-4CAD-486D-AA5D-3F28FC0DBC60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3DF5732B-0769-4511-BCFD-241A084BF828}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2970" yWindow="2355" windowWidth="21600" windowHeight="11970" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="363" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="88">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of death</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Place of birth</t>
   </si>
   <si>
     <t>Maiden name</t>
   </si>
   <si>
     <t>Passed to Treasury Solicitor</t>
   </si>
   <si>
     <t>Next of kin</t>
   </si>
   <si>
@@ -194,53 +194,50 @@
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>widower</t>
   </si>
   <si>
     <t>Middlesex</t>
   </si>
   <si>
     <t>Single</t>
   </si>
   <si>
     <t>Appledore, Kent</t>
   </si>
   <si>
     <t>2021/22</t>
   </si>
   <si>
     <t xml:space="preserve">Gravesend </t>
   </si>
   <si>
     <t xml:space="preserve">Single </t>
   </si>
   <si>
-    <t xml:space="preserve">Sidney Kerry Bober </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">unknown </t>
   </si>
   <si>
     <t xml:space="preserve">Walthamstow </t>
   </si>
   <si>
     <t>2022/23</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Sutton</t>
   </si>
   <si>
     <t xml:space="preserve">Widow </t>
   </si>
   <si>
     <t xml:space="preserve">Coventry, Warwickshire </t>
   </si>
   <si>
     <t xml:space="preserve">Unknown </t>
   </si>
   <si>
     <t>2023/24</t>
@@ -266,75 +263,84 @@
   <si>
     <t xml:space="preserve">UNKNOWN </t>
   </si>
   <si>
     <t xml:space="preserve">Latvia </t>
   </si>
   <si>
     <t>Widower</t>
   </si>
   <si>
     <t>2024/25</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Singel</t>
   </si>
   <si>
     <t>Jersey</t>
   </si>
   <si>
     <t xml:space="preserve">India </t>
   </si>
   <si>
-    <t>Window</t>
-[...1 lines deleted...]
-  <si>
     <t>Gillingham</t>
   </si>
   <si>
     <t xml:space="preserve">Slade GREEN </t>
   </si>
   <si>
     <t xml:space="preserve">Colin Andrew Jones </t>
   </si>
   <si>
     <t>2025/26</t>
   </si>
   <si>
     <t>Ryong Kim</t>
   </si>
   <si>
     <t>North Korea</t>
   </si>
   <si>
     <t xml:space="preserve">West Ham </t>
   </si>
   <si>
     <t>Marital Status</t>
+  </si>
+  <si>
+    <t>Erith</t>
+  </si>
+  <si>
+    <t>Curacao</t>
+  </si>
+  <si>
+    <t>Caerphilly</t>
+  </si>
+  <si>
+    <t>single</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-809]dd\ mmmm\ yyyy;@"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -355,81 +361,80 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -676,1814 +681,1989 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J66"/>
+  <dimension ref="A1:J72"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H6" sqref="H6"/>
+    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
+      <selection activeCell="A29" sqref="A29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.140625" style="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="23.140625" customWidth="1"/>
+    <col min="2" max="2" width="12.7109375" customWidth="1"/>
+    <col min="3" max="3" width="25.140625" customWidth="1"/>
+    <col min="4" max="4" width="23.5703125" customWidth="1"/>
+    <col min="5" max="5" width="18.5703125" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="30" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="15.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="13" t="s">
+      <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13" t="s">
+      <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="13" t="s">
+      <c r="C1" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="13" t="s">
+      <c r="D1" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="13" t="s">
+      <c r="E1" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="13" t="s">
+      <c r="F1" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="G1" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="12" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="1"/>
+      <c r="B2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" s="3">
+        <v>41233</v>
+      </c>
+      <c r="D2" s="3">
+        <v>18953</v>
+      </c>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" s="1"/>
+      <c r="B3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" s="3">
+        <v>41393</v>
+      </c>
+      <c r="D3" s="3">
+        <v>24590</v>
+      </c>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" s="1"/>
+      <c r="B4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="3">
+        <v>41541</v>
+      </c>
+      <c r="D4" s="3">
+        <v>13314</v>
+      </c>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" s="1"/>
+      <c r="B5" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="3">
+        <v>41567</v>
+      </c>
+      <c r="D5" s="3">
+        <v>19957</v>
+      </c>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I5" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="1"/>
+      <c r="B6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="3">
+        <v>41689</v>
+      </c>
+      <c r="D6" s="3">
+        <v>30335</v>
+      </c>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="1"/>
+      <c r="B7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="3">
+        <v>41731</v>
+      </c>
+      <c r="D7" s="3">
+        <v>18711</v>
+      </c>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="1"/>
+      <c r="B8" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="3">
+        <v>42078</v>
+      </c>
+      <c r="D8" s="3">
+        <v>7848</v>
+      </c>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="3">
+        <v>42094</v>
+      </c>
+      <c r="D9" s="3">
+        <v>16527</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="J9" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="3">
+        <v>42132</v>
+      </c>
+      <c r="D10" s="3">
+        <v>18609</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="J10" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="3">
+        <v>42148</v>
+      </c>
+      <c r="D11" s="3">
+        <v>16900</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="J11" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="1"/>
+      <c r="B12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="3">
+        <v>42222</v>
+      </c>
+      <c r="D12" s="3">
+        <v>10755</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I12" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="1"/>
+      <c r="B13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="3">
+        <v>42511</v>
+      </c>
+      <c r="D13" s="3">
+        <v>15321</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I13" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" s="2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="1"/>
+      <c r="B14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="3">
+        <v>42628</v>
+      </c>
+      <c r="D14" s="3">
+        <v>19308</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" s="2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="1"/>
+      <c r="B15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" s="3">
+        <v>42758</v>
+      </c>
+      <c r="D15" s="3">
+        <v>21710</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" s="2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="1"/>
+      <c r="B16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" s="3">
+        <v>42875</v>
+      </c>
+      <c r="D16" s="3">
+        <v>8223</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I16" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="3">
+        <v>42860</v>
+      </c>
+      <c r="D17" s="3">
+        <v>15514</v>
+      </c>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I17" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="J17" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="1"/>
+      <c r="B18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" s="3">
+        <v>42964</v>
+      </c>
+      <c r="D18" s="3">
+        <v>14407</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="1"/>
+      <c r="B19" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C19" s="3">
+        <v>42985</v>
+      </c>
+      <c r="D19" s="3">
+        <v>21962</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I19" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="1"/>
+      <c r="B20" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" s="3">
+        <v>43548</v>
+      </c>
+      <c r="D20" s="3">
+        <v>13981</v>
+      </c>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I20" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" s="1"/>
+      <c r="B21" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="3">
+        <v>43865</v>
+      </c>
+      <c r="D21" s="3">
+        <v>24281</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" s="2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" s="1"/>
+      <c r="B22" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C22" s="3">
+        <v>43959</v>
+      </c>
+      <c r="D22" s="3">
+        <v>14362</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="1"/>
+      <c r="B23" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" s="3">
+        <v>44000</v>
+      </c>
+      <c r="D23" s="3">
+        <v>20179</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J23" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" s="3">
+        <v>44040</v>
+      </c>
+      <c r="D24" s="3">
+        <v>14149</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I24" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="J24" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="1"/>
+      <c r="B25" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="3">
+        <v>44213</v>
+      </c>
+      <c r="D25" s="3">
+        <v>10160</v>
+      </c>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I25" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="4"/>
+      <c r="B26" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="5">
+        <v>44274</v>
+      </c>
+      <c r="D26" s="5">
+        <v>20121</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="G26" s="4"/>
+      <c r="H26" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I26" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J26" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="4"/>
+      <c r="B27" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="5">
+        <v>44275</v>
+      </c>
+      <c r="D27" s="5">
+        <v>19309</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G27" s="4"/>
+      <c r="H27" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I27" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="4"/>
+      <c r="B28" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="5">
+        <v>44393</v>
+      </c>
+      <c r="D28" s="5">
+        <v>34887</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28" s="4"/>
+      <c r="H28" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I28" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="4"/>
+      <c r="B29" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="5">
+        <v>44404</v>
+      </c>
+      <c r="D29" s="5">
+        <v>19536</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" s="4"/>
+      <c r="H29" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I29" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="4"/>
+      <c r="B30" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="5">
+        <v>44408</v>
+      </c>
+      <c r="D30" s="5">
+        <v>17209</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="G30" s="4"/>
+      <c r="H30" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I30" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="J30" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="4"/>
+      <c r="B31" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C31" s="5">
+        <v>44400</v>
+      </c>
+      <c r="D31" s="5">
+        <v>20519</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" s="4"/>
+      <c r="H31" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I31" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="4"/>
+      <c r="B32" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" s="5">
+        <v>44439</v>
+      </c>
+      <c r="D32" s="5">
+        <v>16991</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" s="4"/>
+      <c r="H32" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I32" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J32" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="4"/>
+      <c r="B33" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" s="5">
+        <v>44594</v>
+      </c>
+      <c r="D33" s="5">
+        <v>14971</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="G33" s="4"/>
+      <c r="H33" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I33" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" s="7">
+        <v>44706</v>
+      </c>
+      <c r="D34" s="7">
+        <v>21439</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H34" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I34" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" s="4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" s="8">
+        <v>44839</v>
+      </c>
+      <c r="D35" s="8">
+        <v>26116</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H35" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I35" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J35" s="4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C36" s="8">
+        <v>44945</v>
+      </c>
+      <c r="D36" s="7">
+        <v>24288</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I36" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" s="4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C37" s="7">
+        <v>45007</v>
+      </c>
+      <c r="D37" s="7">
+        <v>15420</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H37" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I37" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" s="7">
+        <v>45047</v>
+      </c>
+      <c r="D38" s="7">
+        <v>16727</v>
+      </c>
+      <c r="E38" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H38" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I38" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J38" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="9"/>
+      <c r="B39" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C39" s="7">
+        <v>45061</v>
+      </c>
+      <c r="D39" s="7">
+        <v>19398</v>
+      </c>
+      <c r="E39" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F39" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" s="9"/>
+      <c r="H39" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I39" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="9"/>
+      <c r="B40" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" s="7">
+        <v>45120</v>
+      </c>
+      <c r="D40" s="7">
+        <v>14724</v>
+      </c>
+      <c r="E40" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G40" s="9"/>
+      <c r="H40" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I40" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="9"/>
+      <c r="B41" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" s="7">
+        <v>45124</v>
+      </c>
+      <c r="D41" s="7">
+        <v>20532</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G41" s="9"/>
+      <c r="H41" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I41" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="9"/>
+      <c r="B42" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C42" s="7">
+        <v>45088</v>
+      </c>
+      <c r="D42" s="7">
+        <v>21737</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G42" s="9"/>
+      <c r="H42" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I42" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J42" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="9"/>
+      <c r="B43" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" s="7">
+        <v>45197</v>
+      </c>
+      <c r="D43" s="7">
+        <v>28414</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G43" s="9"/>
+      <c r="H43" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I43" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J43" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="9"/>
+      <c r="B44" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" s="7">
+        <v>45209</v>
+      </c>
+      <c r="D44" s="7">
+        <v>16121</v>
+      </c>
+      <c r="E44" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F44" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G44" s="9"/>
+      <c r="H44" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I44" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J44" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="9"/>
+      <c r="B45" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" s="7">
+        <v>45210</v>
+      </c>
+      <c r="D45" s="7">
+        <v>19183</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I45" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B46" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" s="7">
+        <v>45216</v>
+      </c>
+      <c r="D46" s="7">
+        <v>26306</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G46" s="9"/>
+      <c r="H46" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I46" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="J46" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="9"/>
+      <c r="B47" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" s="7">
+        <v>45268</v>
+      </c>
+      <c r="D47" s="7">
+        <v>28131</v>
+      </c>
+      <c r="E47" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" s="9"/>
+      <c r="H47" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I47" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="9"/>
+      <c r="B48" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" s="7">
+        <v>45334</v>
+      </c>
+      <c r="D48" s="7">
+        <v>19359</v>
+      </c>
+      <c r="E48" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" s="9"/>
+      <c r="H48" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I48" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J48" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="9"/>
+      <c r="B49" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" s="7">
+        <v>45350</v>
+      </c>
+      <c r="D49" s="7">
+        <v>31190</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G49" s="9"/>
+      <c r="H49" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I49" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="9"/>
+      <c r="B50" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" s="7">
+        <v>45422</v>
+      </c>
+      <c r="D50" s="7">
+        <v>13127</v>
+      </c>
+      <c r="E50" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G50" s="9"/>
+      <c r="H50" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I50" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J50" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="9"/>
+      <c r="B51" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" s="7">
+        <v>45463</v>
+      </c>
+      <c r="D51" s="7">
+        <v>28132</v>
+      </c>
+      <c r="E51" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G51" s="9"/>
+      <c r="H51" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I51" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J51" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="9"/>
+      <c r="B52" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" s="7">
+        <v>45554</v>
+      </c>
+      <c r="D52" s="7">
+        <v>28907</v>
+      </c>
+      <c r="E52" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G52" s="9"/>
+      <c r="H52" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I52" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="9"/>
+      <c r="B53" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" s="7">
+        <v>45600</v>
+      </c>
+      <c r="D53" s="7">
+        <v>15544</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F53" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G53" s="9"/>
+      <c r="H53" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I53" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="9"/>
+      <c r="B54" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" s="7">
+        <v>45616</v>
+      </c>
+      <c r="D54" s="7">
+        <v>29680</v>
+      </c>
+      <c r="E54" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G54" s="9"/>
+      <c r="H54" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I54" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="9"/>
+      <c r="B55" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C55" s="7">
+        <v>45691</v>
+      </c>
+      <c r="D55" s="7">
+        <v>18268</v>
+      </c>
+      <c r="E55" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F55" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" s="9"/>
+      <c r="H55" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I55" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="9"/>
+      <c r="B56" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" s="7">
+        <v>45683</v>
+      </c>
+      <c r="D56" s="7">
+        <v>23604</v>
+      </c>
+      <c r="E56" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G56" s="9"/>
+      <c r="H56" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I56" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J56" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="4"/>
+      <c r="B57" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" s="8">
+        <v>45746</v>
+      </c>
+      <c r="D57" s="8">
+        <v>10917</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" s="4"/>
+      <c r="H57" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I57" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" s="8">
+        <v>45758</v>
+      </c>
+      <c r="D58" s="8">
+        <v>26063</v>
+      </c>
+      <c r="E58" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G58" s="4"/>
+      <c r="H58" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I58" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="J58" s="9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B59" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" s="8">
+        <v>45787</v>
+      </c>
+      <c r="D59" s="8">
+        <v>21406</v>
+      </c>
+      <c r="E59" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G59" s="4"/>
+      <c r="H59" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I59" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="J59" s="9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="4"/>
+      <c r="B60" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" s="8">
+        <v>45832</v>
+      </c>
+      <c r="D60" s="8">
+        <v>16953</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G60" s="4"/>
+      <c r="H60" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I60" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J60" s="9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="4"/>
+      <c r="B61" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" s="8">
+        <v>45870</v>
+      </c>
+      <c r="D61" s="8">
+        <v>21634</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="G61" s="4"/>
+      <c r="H61" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I61" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="4"/>
+      <c r="B62" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" s="8">
+        <v>45892</v>
+      </c>
+      <c r="D62" s="8">
+        <v>12216</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F62" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I62" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J62" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="4"/>
+      <c r="B63" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" s="8">
+        <v>45890</v>
+      </c>
+      <c r="D63" s="8">
+        <v>23944</v>
+      </c>
+      <c r="E63" s="4"/>
+      <c r="F63" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" s="4"/>
+      <c r="H63" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I63" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J63" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="11"/>
+      <c r="B64" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" s="8">
+        <v>45905</v>
+      </c>
+      <c r="D64" s="8">
+        <v>18749</v>
+      </c>
+      <c r="E64" s="4"/>
+      <c r="F64" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="G64" s="4"/>
+      <c r="H64" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I64" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J64" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="4"/>
+      <c r="B65" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" s="8">
+        <v>45922</v>
+      </c>
+      <c r="D65" s="8">
+        <v>17523</v>
+      </c>
+      <c r="E65" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="G1" s="13" t="s">
-[...170 lines deleted...]
-      <c r="B8" s="3" t="s">
+      <c r="F65" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="G65" s="4"/>
+      <c r="H65" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I65" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J65" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="4"/>
+      <c r="B66" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" s="8">
+        <v>45930</v>
+      </c>
+      <c r="D66" s="8">
+        <v>20039</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F66" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G66" s="4"/>
+      <c r="H66" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I66" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J66" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="6"/>
+      <c r="B67" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C8" s="4">
-[...585 lines deleted...]
-      <c r="A29" s="5" t="s">
+      <c r="C67" s="8">
+        <v>45996</v>
+      </c>
+      <c r="D67" s="8">
+        <v>19766</v>
+      </c>
+      <c r="E67" s="6"/>
+      <c r="F67" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...464 lines deleted...]
-      <c r="A46" s="10" t="s">
+      <c r="G67" s="6"/>
+      <c r="H67" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="I67" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="B46" s="10" t="s">
-[...316 lines deleted...]
-      <c r="E57" s="10" t="s">
+      <c r="J67" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="F57" s="10" t="s">
-[...171 lines deleted...]
-      <c r="J66" s="12"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A68" s="6"/>
+      <c r="B68" s="6"/>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6"/>
+      <c r="E68" s="6"/>
+      <c r="F68" s="6"/>
+      <c r="G68" s="6"/>
+      <c r="H68" s="6"/>
+      <c r="I68" s="6"/>
+      <c r="J68" s="6"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A69" s="6"/>
+      <c r="B69" s="6"/>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6"/>
+      <c r="E69" s="6"/>
+      <c r="F69" s="6"/>
+      <c r="G69" s="6"/>
+      <c r="H69" s="6"/>
+      <c r="I69" s="6"/>
+      <c r="J69" s="6"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A70" s="6"/>
+      <c r="B70" s="6"/>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6"/>
+      <c r="E70" s="6"/>
+      <c r="F70" s="6"/>
+      <c r="G70" s="6"/>
+      <c r="H70" s="6"/>
+      <c r="I70" s="6"/>
+      <c r="J70" s="6"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A71" s="6"/>
+      <c r="B71" s="6"/>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6"/>
+      <c r="E71" s="6"/>
+      <c r="F71" s="6"/>
+      <c r="G71" s="6"/>
+      <c r="H71" s="6"/>
+      <c r="I71" s="6"/>
+      <c r="J71" s="6"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A72" s="6"/>
+      <c r="B72" s="6"/>
+      <c r="C72" s="6"/>
+      <c r="D72" s="6"/>
+      <c r="E72" s="6"/>
+      <c r="F72" s="6"/>
+      <c r="G72" s="6"/>
+      <c r="H72" s="6"/>
+      <c r="I72" s="6"/>
+      <c r="J72" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>