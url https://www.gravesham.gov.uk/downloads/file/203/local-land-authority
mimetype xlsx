--- v0 (2025-10-06)
+++ v1 (2026-01-09)
@@ -1,82 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\daanish.saleem\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Inclusive Growth\Strategic Property Management\Strategic Property Team\TINA\Asset Register\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{54284E15-B7D5-44E3-94C5-C684BC72458E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{217B2643-3EDD-4418-8006-BEB4B090943E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-7640" yWindow="10690" windowWidth="19420" windowHeight="10300" xr2:uid="{50DC6A44-DF6A-4A9B-9168-C24AAA9AEE77}"/>
+    <workbookView xWindow="28680" yWindow="-1575" windowWidth="29040" windowHeight="15720" xr2:uid="{50DC6A44-DF6A-4A9B-9168-C24AAA9AEE77}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$K$327</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2040" uniqueCount="792">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2047" uniqueCount="794">
   <si>
     <t>UPRN</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Street Number</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Town</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Easting</t>
   </si>
   <si>
     <t>Northing</t>
   </si>
   <si>
@@ -934,71 +937,50 @@
   <si>
     <t>DA11 0LS</t>
   </si>
   <si>
     <t>010012027887</t>
   </si>
   <si>
     <t>Northfleet Cemetery and Lodge</t>
   </si>
   <si>
     <t>CAR PARKS (FEE PAYING)</t>
   </si>
   <si>
     <t>010012013628</t>
   </si>
   <si>
     <t>Car Park</t>
   </si>
   <si>
     <t>Parrock Street</t>
   </si>
   <si>
     <t>DA12 1ET</t>
   </si>
   <si>
-    <t>010012025947</t>
-[...19 lines deleted...]
-  <si>
     <t>Rathmore Road</t>
   </si>
   <si>
     <t>DA11 0HP</t>
   </si>
   <si>
     <t>Milton Place Car Park</t>
   </si>
   <si>
     <t>DA12 2RJ</t>
   </si>
   <si>
     <t>CAR PARKS (FREE)</t>
   </si>
   <si>
     <t>010012013722</t>
   </si>
   <si>
     <t>Osney Way</t>
   </si>
   <si>
     <t>DA12 2NB</t>
   </si>
   <si>
     <t>010012013662</t>
@@ -2408,223 +2390,279 @@
     <t>Pegasus Court</t>
   </si>
   <si>
     <t>DA12 5QA</t>
   </si>
   <si>
     <t>010012027966</t>
   </si>
   <si>
     <t>adjacent 66</t>
   </si>
   <si>
     <t>Taunton Vale</t>
   </si>
   <si>
     <t>DA12 5RB</t>
   </si>
   <si>
     <t>Former Royal Naval Association Clubhouse</t>
   </si>
   <si>
     <t>010012015593</t>
   </si>
   <si>
     <t>Former depot</t>
+  </si>
+  <si>
+    <t>DA13 9DN</t>
+  </si>
+  <si>
+    <t>Downs Road</t>
+  </si>
+  <si>
+    <t>Land at Hazells Farm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Land at Durndale Farm </t>
+  </si>
+  <si>
+    <t>Land at Wingfield Bank Farm</t>
+  </si>
+  <si>
+    <t>DA13 9JL</t>
+  </si>
+  <si>
+    <t>010012034787</t>
+  </si>
+  <si>
+    <t>010012034788</t>
+  </si>
+  <si>
+    <t>010012034789</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2686,51 +2724,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2828,472 +2866,474 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B2304E1-982C-4A5A-B322-A8CF496616C3}">
-  <dimension ref="A1:K325"/>
+  <dimension ref="A1:L327"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A242" workbookViewId="0">
-      <selection activeCell="K263" sqref="K263"/>
+    <sheetView tabSelected="1" topLeftCell="A120" workbookViewId="0">
+      <selection activeCell="E101" sqref="E101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" style="16" customWidth="1"/>
     <col min="3" max="3" width="38.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.28515625" customWidth="1"/>
     <col min="5" max="5" width="27.28515625" style="5" customWidth="1"/>
     <col min="6" max="6" width="13.140625" style="5" customWidth="1"/>
     <col min="7" max="7" width="10.85546875" style="5" customWidth="1"/>
     <col min="8" max="8" width="8" style="5" customWidth="1"/>
     <col min="9" max="9" width="10.42578125" style="5" customWidth="1"/>
     <col min="10" max="10" width="28.5703125" style="5" customWidth="1"/>
     <col min="11" max="11" width="28.42578125" style="5" customWidth="1"/>
+    <col min="12" max="12" width="18" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L1" s="2"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B3" s="6">
         <v>100062310926</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="7">
         <v>562516</v>
       </c>
       <c r="I3" s="7">
         <v>173299</v>
       </c>
       <c r="J3" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K3" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B4" s="6">
         <v>100062311358</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="7">
         <v>564712</v>
       </c>
       <c r="I4" s="7">
         <v>173903</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="7">
         <v>564712</v>
       </c>
       <c r="I5" s="7">
         <v>173903</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B7" s="6">
         <v>100062310929</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="7">
         <v>563166</v>
       </c>
       <c r="I7" s="7">
         <v>172971</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B8" s="6">
         <v>100062312677</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H8" s="7">
         <v>567079</v>
       </c>
       <c r="I8" s="7">
         <v>171710</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A9" s="6"/>
       <c r="B9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H9" s="7">
         <v>567142</v>
       </c>
       <c r="I9" s="7">
         <v>171703</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B10" s="6">
         <v>100062312648</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H10" s="7">
         <v>567044</v>
       </c>
       <c r="I10" s="7">
         <v>171825</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B11" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H11" s="7">
         <v>567013</v>
       </c>
       <c r="I11" s="7">
         <v>171824</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B13" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="7">
         <v>565259</v>
       </c>
       <c r="I13" s="7">
         <v>173341</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K13" s="7" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B14" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>46</v>
       </c>
       <c r="H14" s="7">
         <v>565099</v>
       </c>
       <c r="I14" s="7">
         <v>173510</v>
       </c>
       <c r="J14" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K14" s="7" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B15" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>50</v>
       </c>
       <c r="H15" s="7">
         <v>564905</v>
       </c>
       <c r="I15" s="7">
         <v>173423</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B16" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>55</v>
       </c>
       <c r="H16" s="7">
         <v>565808</v>
       </c>
       <c r="I16" s="7">
         <v>172976</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K16" s="7" t="s">
@@ -4418,7882 +4458,7931 @@
       </c>
       <c r="D55" s="9"/>
       <c r="E55" s="7" t="s">
         <v>195</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>196</v>
       </c>
       <c r="H55" s="7">
         <v>566677</v>
       </c>
       <c r="I55" s="7">
         <v>172408</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K55" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A56" s="4" t="s">
+      <c r="A56" s="6"/>
+      <c r="B56" s="20" t="s">
+        <v>791</v>
+      </c>
+      <c r="C56" s="21" t="s">
+        <v>787</v>
+      </c>
+      <c r="D56" s="22"/>
+      <c r="E56" s="21" t="s">
+        <v>786</v>
+      </c>
+      <c r="F56" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="21" t="s">
+        <v>785</v>
+      </c>
+      <c r="H56" s="21">
+        <v>562808</v>
+      </c>
+      <c r="I56" s="21">
+        <v>171220</v>
+      </c>
+      <c r="J56" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="K56" s="21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="6"/>
+      <c r="B57" s="20" t="s">
+        <v>793</v>
+      </c>
+      <c r="C57" s="21" t="s">
+        <v>788</v>
+      </c>
+      <c r="D57" s="22"/>
+      <c r="E57" s="21" t="s">
+        <v>786</v>
+      </c>
+      <c r="F57" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="21" t="s">
+        <v>785</v>
+      </c>
+      <c r="H57" s="21">
+        <v>563399</v>
+      </c>
+      <c r="I57" s="21">
+        <v>170839</v>
+      </c>
+      <c r="J57" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="K57" s="21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="6"/>
+      <c r="B58" s="20" t="s">
+        <v>792</v>
+      </c>
+      <c r="C58" s="21" t="s">
+        <v>789</v>
+      </c>
+      <c r="D58" s="22"/>
+      <c r="E58" s="21" t="s">
+        <v>174</v>
+      </c>
+      <c r="F58" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="21" t="s">
+        <v>790</v>
+      </c>
+      <c r="H58" s="21">
+        <v>563913</v>
+      </c>
+      <c r="I58" s="21">
+        <v>170725</v>
+      </c>
+      <c r="J58" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="K58" s="21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="6"/>
+      <c r="B59" s="19"/>
+      <c r="C59" s="17"/>
+      <c r="D59" s="18"/>
+      <c r="E59" s="17"/>
+      <c r="F59" s="17"/>
+      <c r="G59" s="17"/>
+      <c r="H59" s="17"/>
+      <c r="I59" s="17"/>
+      <c r="J59" s="17"/>
+      <c r="K59" s="17"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
         <v>197</v>
       </c>
-      <c r="B56" s="4"/>
-[...124 lines deleted...]
-      </c>
+      <c r="B60" s="4"/>
+      <c r="C60" s="4"/>
+      <c r="D60" s="4"/>
+      <c r="E60" s="4"/>
+      <c r="F60" s="4"/>
+      <c r="G60" s="4"/>
+      <c r="H60" s="4"/>
+      <c r="I60" s="4"/>
+      <c r="J60" s="4"/>
+      <c r="K60" s="4"/>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B61" s="8" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="C61" s="7" t="s">
         <v>199</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>145</v>
+        <v>200</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G61" s="7" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="H61" s="7">
-        <v>565909</v>
+        <v>563641</v>
       </c>
       <c r="I61" s="7">
-        <v>170832</v>
+        <v>174205</v>
       </c>
       <c r="J61" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K61" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A62" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K62" s="4"/>
+      <c r="B62" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="H62" s="7">
+        <v>562672</v>
+      </c>
+      <c r="I62" s="7">
+        <v>173705</v>
+      </c>
+      <c r="J62" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="K62" s="7" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B63" s="8" t="s">
-        <v>214</v>
+        <v>205</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>199</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G63" s="7" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="H63" s="7">
-        <v>565108</v>
+        <v>561654</v>
       </c>
       <c r="I63" s="7">
-        <v>173663</v>
+        <v>174650</v>
       </c>
       <c r="J63" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K63" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A64" s="6"/>
       <c r="B64" s="8" t="s">
-        <v>217</v>
+        <v>208</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>199</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G64" s="7" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="H64" s="7">
-        <v>563425</v>
+        <v>566709</v>
       </c>
       <c r="I64" s="7">
-        <v>173046</v>
+        <v>171530</v>
       </c>
       <c r="J64" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K64" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="65" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B65" s="8" t="s">
-        <v>220</v>
+        <v>211</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>199</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>69</v>
+        <v>145</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="G65" s="7" t="s">
-        <v>71</v>
+        <v>212</v>
       </c>
       <c r="H65" s="7">
-        <v>563652</v>
+        <v>565909</v>
       </c>
       <c r="I65" s="7">
-        <v>170235</v>
+        <v>170832</v>
       </c>
       <c r="J65" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K65" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="66" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B66" s="8" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="A66" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="B66" s="4"/>
+      <c r="C66" s="4"/>
+      <c r="D66" s="4"/>
+      <c r="E66" s="4"/>
+      <c r="F66" s="4"/>
+      <c r="G66" s="4"/>
+      <c r="H66" s="4"/>
+      <c r="I66" s="4"/>
+      <c r="J66" s="4"/>
+      <c r="K66" s="4"/>
     </row>
     <row r="67" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B67" s="8" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G67" s="7" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="H67" s="7">
-        <v>564692</v>
+        <v>565108</v>
       </c>
       <c r="I67" s="7">
-        <v>174469</v>
+        <v>173663</v>
       </c>
       <c r="J67" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K67" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="6"/>
       <c r="B68" s="8" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>168</v>
+        <v>218</v>
       </c>
       <c r="F68" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G68" s="7" t="s">
-        <v>169</v>
+        <v>219</v>
       </c>
       <c r="H68" s="7">
-        <v>565862</v>
+        <v>563425</v>
       </c>
       <c r="I68" s="7">
-        <v>172231</v>
+        <v>173046</v>
       </c>
       <c r="J68" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K68" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="69" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A69" s="6"/>
       <c r="B69" s="8" t="s">
-        <v>230</v>
-[...4 lines deleted...]
-      <c r="D69" s="9"/>
+        <v>220</v>
+      </c>
       <c r="E69" s="7" t="s">
-        <v>232</v>
+        <v>69</v>
       </c>
       <c r="F69" s="7" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="G69" s="7" t="s">
-        <v>233</v>
+        <v>71</v>
       </c>
       <c r="H69" s="7">
-        <v>565532</v>
+        <v>563652</v>
       </c>
       <c r="I69" s="7">
-        <v>172210</v>
+        <v>170235</v>
       </c>
       <c r="J69" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K69" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="70" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A70" s="10"/>
-[...20 lines deleted...]
-        <v>172012</v>
+      <c r="B70" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="H70" s="7">
+        <v>562257</v>
+      </c>
+      <c r="I70" s="7">
+        <v>174297</v>
       </c>
       <c r="J70" s="7" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="K70" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="K70" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A71" s="10"/>
-[...22 lines deleted...]
-        <v>171854</v>
+      <c r="B71" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="H71" s="7">
+        <v>564692</v>
+      </c>
+      <c r="I71" s="7">
+        <v>174469</v>
       </c>
       <c r="J71" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="K71" s="10" t="s">
+      <c r="K71" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="72" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A72" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K72" s="4"/>
+      <c r="B72" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="H72" s="7">
+        <v>565862</v>
+      </c>
+      <c r="I72" s="7">
+        <v>172231</v>
+      </c>
+      <c r="J72" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="K72" s="7" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="73" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B73" s="6">
-        <v>100062311338</v>
+      <c r="A73" s="6"/>
+      <c r="B73" s="8" t="s">
+        <v>230</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>242</v>
-      </c>
+        <v>231</v>
+      </c>
+      <c r="D73" s="9"/>
       <c r="E73" s="7" t="s">
-        <v>40</v>
+        <v>232</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G73" s="7" t="s">
-        <v>41</v>
+        <v>233</v>
       </c>
       <c r="H73" s="7">
-        <v>565384</v>
+        <v>565532</v>
       </c>
       <c r="I73" s="7">
-        <v>173381</v>
+        <v>172210</v>
       </c>
       <c r="J73" s="7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="K73" s="7" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="74" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B74" s="6">
-[...18 lines deleted...]
-        <v>172841</v>
+      <c r="A74" s="10"/>
+      <c r="B74" s="11" t="s">
+        <v>234</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="D74" s="12"/>
+      <c r="E74" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="F74" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="10" t="s">
+        <v>237</v>
+      </c>
+      <c r="H74" s="10">
+        <v>563740</v>
+      </c>
+      <c r="I74" s="10">
+        <v>172012</v>
       </c>
       <c r="J74" s="7" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>15</v>
+      </c>
+      <c r="K74" s="10" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="75" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B75" s="6">
-[...18 lines deleted...]
-        <v>170349</v>
+      <c r="A75" s="10"/>
+      <c r="B75" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="C75" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="D75" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="E75" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="F75" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="10" t="s">
+        <v>237</v>
+      </c>
+      <c r="H75" s="10">
+        <v>536822</v>
+      </c>
+      <c r="I75" s="10">
+        <v>171854</v>
       </c>
       <c r="J75" s="7" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>15</v>
+      </c>
+      <c r="K75" s="10" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="76" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B76" s="6">
-[...25 lines deleted...]
-      </c>
+      <c r="A76" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B76" s="4"/>
+      <c r="C76" s="4"/>
+      <c r="D76" s="4"/>
+      <c r="E76" s="4"/>
+      <c r="F76" s="4"/>
+      <c r="G76" s="4"/>
+      <c r="H76" s="4"/>
+      <c r="I76" s="4"/>
+      <c r="J76" s="4"/>
+      <c r="K76" s="4"/>
     </row>
     <row r="77" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B77" s="6">
-        <v>100062621298</v>
+        <v>100062311338</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="F77" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G77" s="7" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="H77" s="7">
-        <v>562925</v>
+        <v>565384</v>
       </c>
       <c r="I77" s="7">
-        <v>173386</v>
+        <v>173381</v>
       </c>
       <c r="J77" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K77" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="78" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A78" s="4" t="s">
+      <c r="B78" s="6">
+        <v>100062310751</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="H78" s="7">
+        <v>563675</v>
+      </c>
+      <c r="I78" s="7">
+        <v>172841</v>
+      </c>
+      <c r="J78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K78" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B79" s="6">
+        <v>100062313469</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G79" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H79" s="7">
+        <v>563637</v>
+      </c>
+      <c r="I79" s="7">
+        <v>170349</v>
+      </c>
+      <c r="J79" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K79" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B80" s="6">
+        <v>100062621233</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" s="7">
+        <v>562506</v>
+      </c>
+      <c r="I80" s="7">
+        <v>173246</v>
+      </c>
+      <c r="J80" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K80" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B81" s="6">
+        <v>100062621298</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="H81" s="7">
+        <v>562925</v>
+      </c>
+      <c r="I81" s="7">
+        <v>173386</v>
+      </c>
+      <c r="J81" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K81" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="4" t="s">
         <v>251</v>
       </c>
-      <c r="B78" s="4"/>
-[...132 lines deleted...]
-      </c>
+      <c r="B82" s="4"/>
+      <c r="C82" s="4"/>
+      <c r="D82" s="4"/>
+      <c r="E82" s="4"/>
+      <c r="F82" s="4"/>
+      <c r="G82" s="4"/>
+      <c r="H82" s="4"/>
+      <c r="I82" s="4"/>
+      <c r="J82" s="4"/>
+      <c r="K82" s="4"/>
     </row>
     <row r="83" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A83" s="6"/>
       <c r="B83" s="6">
-        <v>100062310741</v>
+        <v>100062620976</v>
       </c>
       <c r="C83" s="7"/>
       <c r="D83" s="9">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E83" s="7" t="s">
         <v>252</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="7" t="s">
         <v>253</v>
       </c>
       <c r="H83" s="7">
         <v>563938</v>
       </c>
       <c r="I83" s="7">
         <v>172460</v>
       </c>
       <c r="J83" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K83" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A84" s="6"/>
       <c r="B84" s="6">
-        <v>100062310740</v>
+        <v>100062310681</v>
       </c>
       <c r="C84" s="7"/>
       <c r="D84" s="9">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E84" s="7" t="s">
         <v>252</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="7" t="s">
         <v>253</v>
       </c>
       <c r="H84" s="7">
         <v>563938</v>
       </c>
       <c r="I84" s="7">
         <v>172460</v>
       </c>
       <c r="J84" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K84" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A85" s="6"/>
       <c r="B85" s="6">
-        <v>100062310743</v>
+        <v>100062310744</v>
       </c>
       <c r="C85" s="7"/>
       <c r="D85" s="9">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E85" s="7" t="s">
         <v>252</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="7" t="s">
         <v>253</v>
       </c>
       <c r="H85" s="7">
         <v>563938</v>
       </c>
       <c r="I85" s="7">
         <v>172460</v>
       </c>
       <c r="J85" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K85" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A86" s="6"/>
       <c r="B86" s="6">
-        <v>100062310684</v>
+        <v>100062310742</v>
       </c>
       <c r="C86" s="7"/>
       <c r="D86" s="9">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E86" s="7" t="s">
         <v>252</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="7" t="s">
         <v>253</v>
       </c>
       <c r="H86" s="7">
         <v>563938</v>
       </c>
       <c r="I86" s="7">
         <v>172460</v>
       </c>
       <c r="J86" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K86" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A87" s="6"/>
       <c r="B87" s="6">
-        <v>100062310745</v>
+        <v>100062310741</v>
       </c>
       <c r="C87" s="7"/>
-      <c r="D87" s="9" t="s">
-        <v>254</v>
+      <c r="D87" s="9">
+        <v>16</v>
       </c>
       <c r="E87" s="7" t="s">
         <v>252</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="7" t="s">
         <v>253</v>
       </c>
       <c r="H87" s="7">
         <v>563938</v>
       </c>
       <c r="I87" s="7">
         <v>172460</v>
       </c>
       <c r="J87" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K87" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A88" s="6"/>
       <c r="B88" s="6">
-        <v>100062310746</v>
+        <v>100062310740</v>
       </c>
       <c r="C88" s="7"/>
-      <c r="D88" s="9" t="s">
-        <v>255</v>
+      <c r="D88" s="9">
+        <v>18</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>252</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="7" t="s">
         <v>253</v>
       </c>
       <c r="H88" s="7">
         <v>563938</v>
       </c>
       <c r="I88" s="7">
         <v>172460</v>
       </c>
       <c r="J88" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K88" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A89" s="6"/>
       <c r="B89" s="6">
-        <v>100062310836</v>
+        <v>100062310743</v>
       </c>
       <c r="C89" s="7"/>
       <c r="D89" s="9">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="7" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="H89" s="7">
-        <v>562846</v>
+        <v>563938</v>
       </c>
       <c r="I89" s="7">
-        <v>172266</v>
+        <v>172460</v>
       </c>
       <c r="J89" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K89" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A90" s="6"/>
       <c r="B90" s="6">
-        <v>100062310837</v>
+        <v>100062310684</v>
       </c>
       <c r="C90" s="7"/>
       <c r="D90" s="9">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="7" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="H90" s="7">
-        <v>562846</v>
+        <v>563938</v>
       </c>
       <c r="I90" s="7">
-        <v>172266</v>
+        <v>172460</v>
       </c>
       <c r="J90" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K90" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A91" s="6"/>
       <c r="B91" s="6">
-        <v>100062310838</v>
+        <v>100062310745</v>
       </c>
       <c r="C91" s="7"/>
-      <c r="D91" s="9">
-        <v>31</v>
+      <c r="D91" s="9" t="s">
+        <v>254</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="7" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="H91" s="7">
-        <v>562846</v>
+        <v>563938</v>
       </c>
       <c r="I91" s="7">
-        <v>172266</v>
+        <v>172460</v>
       </c>
       <c r="J91" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K91" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A92" s="6"/>
       <c r="B92" s="6">
-        <v>100062310910</v>
+        <v>100062310746</v>
       </c>
       <c r="C92" s="7"/>
-      <c r="D92" s="9">
-        <v>33</v>
+      <c r="D92" s="9" t="s">
+        <v>255</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="7" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="H92" s="7">
-        <v>562846</v>
+        <v>563938</v>
       </c>
       <c r="I92" s="7">
-        <v>172266</v>
+        <v>172460</v>
       </c>
       <c r="J92" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K92" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A93" s="6"/>
       <c r="B93" s="6">
-        <v>100062310839</v>
+        <v>100062310836</v>
       </c>
       <c r="C93" s="7"/>
       <c r="D93" s="9">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="E93" s="7" t="s">
         <v>256</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="7" t="s">
         <v>257</v>
       </c>
       <c r="H93" s="7">
         <v>562846</v>
       </c>
       <c r="I93" s="7">
         <v>172266</v>
       </c>
       <c r="J93" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K93" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A94" s="6"/>
       <c r="B94" s="6">
-        <v>100062310920</v>
+        <v>100062310837</v>
       </c>
       <c r="C94" s="7"/>
       <c r="D94" s="9">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="E94" s="7" t="s">
         <v>256</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="7" t="s">
         <v>257</v>
       </c>
       <c r="H94" s="7">
         <v>562846</v>
       </c>
       <c r="I94" s="7">
         <v>172266</v>
       </c>
       <c r="J94" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K94" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A95" s="6"/>
       <c r="B95" s="6">
-        <v>100062310840</v>
+        <v>100062310838</v>
       </c>
       <c r="C95" s="7"/>
       <c r="D95" s="9">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="E95" s="7" t="s">
         <v>256</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="7" t="s">
         <v>257</v>
       </c>
       <c r="H95" s="7">
         <v>562846</v>
       </c>
       <c r="I95" s="7">
         <v>172266</v>
       </c>
       <c r="J95" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K95" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A96" s="6"/>
-      <c r="B96" s="8" t="s">
-[...5 lines deleted...]
-      <c r="D96" s="9"/>
+      <c r="B96" s="6">
+        <v>100062310910</v>
+      </c>
+      <c r="C96" s="7"/>
+      <c r="D96" s="9">
+        <v>33</v>
+      </c>
       <c r="E96" s="7" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="F96" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G96" s="7" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="H96" s="7">
-        <v>564654</v>
+        <v>562846</v>
       </c>
       <c r="I96" s="7">
-        <v>174250</v>
+        <v>172266</v>
       </c>
       <c r="J96" s="7" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="K96" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A97" s="6"/>
       <c r="B97" s="6">
-        <v>200002883299</v>
-[...1 lines deleted...]
-      <c r="C97" s="13"/>
+        <v>100062310839</v>
+      </c>
+      <c r="C97" s="7"/>
       <c r="D97" s="9">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="E97" s="7" t="s">
-        <v>227</v>
+        <v>256</v>
       </c>
       <c r="F97" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G97" s="7" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="H97" s="7">
-        <v>564708</v>
+        <v>562846</v>
       </c>
       <c r="I97" s="7">
-        <v>174405</v>
+        <v>172266</v>
       </c>
       <c r="J97" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K97" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A98" s="7"/>
+      <c r="A98" s="6"/>
       <c r="B98" s="6">
-        <v>100060936074</v>
-[...3 lines deleted...]
-        <v>263</v>
+        <v>100062310920</v>
+      </c>
+      <c r="C98" s="7"/>
+      <c r="D98" s="9">
+        <v>49</v>
       </c>
       <c r="E98" s="7" t="s">
-        <v>145</v>
+        <v>256</v>
       </c>
       <c r="F98" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G98" s="7" t="s">
-        <v>212</v>
+        <v>257</v>
       </c>
       <c r="H98" s="7">
-        <v>565895</v>
+        <v>562846</v>
       </c>
       <c r="I98" s="7">
-        <v>170855</v>
+        <v>172266</v>
       </c>
       <c r="J98" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K98" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A99" s="6"/>
       <c r="B99" s="6">
-        <v>100060936075</v>
-[...3 lines deleted...]
-        <v>264</v>
+        <v>100062310840</v>
+      </c>
+      <c r="C99" s="7"/>
+      <c r="D99" s="9">
+        <v>51</v>
       </c>
       <c r="E99" s="7" t="s">
-        <v>145</v>
+        <v>256</v>
       </c>
       <c r="F99" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G99" s="7" t="s">
-        <v>212</v>
+        <v>257</v>
       </c>
       <c r="H99" s="7">
-        <v>565895</v>
+        <v>562846</v>
       </c>
       <c r="I99" s="7">
-        <v>170855</v>
+        <v>172266</v>
       </c>
       <c r="J99" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K99" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A100" s="6"/>
-      <c r="B100" s="6">
-[...5 lines deleted...]
-      </c>
+      <c r="B100" s="8" t="s">
+        <v>258</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="D100" s="9"/>
       <c r="E100" s="7" t="s">
-        <v>145</v>
+        <v>260</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G100" s="7" t="s">
-        <v>212</v>
+        <v>261</v>
       </c>
       <c r="H100" s="7">
-        <v>565895</v>
+        <v>564654</v>
       </c>
       <c r="I100" s="7">
-        <v>170855</v>
+        <v>174250</v>
       </c>
       <c r="J100" s="7" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="K100" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="101" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A101" s="6"/>
       <c r="B101" s="6">
-        <v>100062312706</v>
+        <v>200002883299</v>
       </c>
       <c r="C101" s="13"/>
-      <c r="D101" s="9" t="s">
-        <v>266</v>
+      <c r="D101" s="9">
+        <v>21</v>
       </c>
       <c r="E101" s="7" t="s">
-        <v>145</v>
+        <v>227</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G101" s="7" t="s">
-        <v>212</v>
+        <v>262</v>
       </c>
       <c r="H101" s="7">
-        <v>565895</v>
+        <v>564708</v>
       </c>
       <c r="I101" s="7">
-        <v>170855</v>
+        <v>174405</v>
       </c>
       <c r="J101" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K101" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A102" s="6"/>
+      <c r="A102" s="7"/>
       <c r="B102" s="6">
-        <v>100062312832</v>
+        <v>100060936074</v>
       </c>
       <c r="C102" s="13"/>
       <c r="D102" s="9" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E102" s="7" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="F102" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G102" s="7" t="s">
-        <v>269</v>
+        <v>212</v>
       </c>
       <c r="H102" s="7">
-        <v>565786</v>
+        <v>565895</v>
       </c>
       <c r="I102" s="7">
-        <v>171530</v>
+        <v>170855</v>
       </c>
       <c r="J102" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K102" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A103" s="6"/>
       <c r="B103" s="6">
-        <v>100062312689</v>
+        <v>100060936075</v>
       </c>
       <c r="C103" s="13"/>
       <c r="D103" s="9" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="E103" s="7" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G103" s="7" t="s">
-        <v>269</v>
+        <v>212</v>
       </c>
       <c r="H103" s="7">
-        <v>565786</v>
+        <v>565895</v>
       </c>
       <c r="I103" s="7">
-        <v>171530</v>
+        <v>170855</v>
       </c>
       <c r="J103" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K103" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="6"/>
       <c r="B104" s="6">
-        <v>100062312688</v>
+        <v>100062312705</v>
       </c>
       <c r="C104" s="13"/>
       <c r="D104" s="9" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="E104" s="7" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G104" s="7" t="s">
-        <v>269</v>
+        <v>212</v>
       </c>
       <c r="H104" s="7">
-        <v>565786</v>
+        <v>565895</v>
       </c>
       <c r="I104" s="7">
-        <v>171530</v>
+        <v>170855</v>
       </c>
       <c r="J104" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K104" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A105" s="6"/>
-      <c r="B105" s="8" t="s">
-        <v>272</v>
+      <c r="B105" s="6">
+        <v>100062312706</v>
       </c>
       <c r="C105" s="13"/>
       <c r="D105" s="9" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="E105" s="7" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G105" s="7" t="s">
-        <v>269</v>
+        <v>212</v>
       </c>
       <c r="H105" s="7">
-        <v>565786</v>
+        <v>565895</v>
       </c>
       <c r="I105" s="7">
-        <v>171530</v>
+        <v>170855</v>
       </c>
       <c r="J105" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K105" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="6"/>
       <c r="B106" s="6">
-        <v>100062312625</v>
+        <v>100062312832</v>
       </c>
       <c r="C106" s="13"/>
       <c r="D106" s="9" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="E106" s="7" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="F106" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G106" s="7" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="H106" s="7">
-        <v>566509</v>
+        <v>565786</v>
       </c>
       <c r="I106" s="7">
-        <v>172498</v>
+        <v>171530</v>
       </c>
       <c r="J106" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K106" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="6"/>
       <c r="B107" s="6">
-        <v>100062064216</v>
+        <v>100062312689</v>
       </c>
       <c r="C107" s="13"/>
       <c r="D107" s="9" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="E107" s="7" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="F107" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G107" s="7" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="H107" s="7">
-        <v>566509</v>
+        <v>565786</v>
       </c>
       <c r="I107" s="7">
-        <v>172498</v>
+        <v>171530</v>
       </c>
       <c r="J107" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K107" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B108" s="6">
-        <v>100062621279</v>
+        <v>100062312688</v>
       </c>
       <c r="C108" s="13"/>
-      <c r="D108" s="9">
-        <v>1</v>
+      <c r="D108" s="9" t="s">
+        <v>271</v>
       </c>
       <c r="E108" s="7" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="F108" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G108" s="7" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="H108" s="7">
-        <v>561898</v>
+        <v>565786</v>
       </c>
       <c r="I108" s="7">
-        <v>174492</v>
+        <v>171530</v>
       </c>
       <c r="J108" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K108" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B109" s="6">
-        <v>100062311075</v>
+      <c r="A109" s="6"/>
+      <c r="B109" s="8" t="s">
+        <v>272</v>
       </c>
       <c r="C109" s="13"/>
-      <c r="D109" s="9">
-        <v>2</v>
+      <c r="D109" s="9" t="s">
+        <v>273</v>
       </c>
       <c r="E109" s="7" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="F109" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G109" s="7" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="H109" s="7">
-        <v>561898</v>
+        <v>565786</v>
       </c>
       <c r="I109" s="7">
-        <v>174492</v>
+        <v>171530</v>
       </c>
       <c r="J109" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K109" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B110" s="6">
-        <v>100062311077</v>
+        <v>100062312625</v>
       </c>
       <c r="C110" s="13"/>
-      <c r="D110" s="9">
-        <v>3</v>
+      <c r="D110" s="9" t="s">
+        <v>274</v>
       </c>
       <c r="E110" s="7" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="F110" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G110" s="7" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="H110" s="7">
-        <v>561898</v>
+        <v>566509</v>
       </c>
       <c r="I110" s="7">
-        <v>174492</v>
+        <v>172498</v>
       </c>
       <c r="J110" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K110" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B111" s="6">
-        <v>100062311078</v>
+        <v>100062064216</v>
       </c>
       <c r="C111" s="13"/>
-      <c r="D111" s="9">
-        <v>4</v>
+      <c r="D111" s="9" t="s">
+        <v>277</v>
       </c>
       <c r="E111" s="7" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="F111" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G111" s="7" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="H111" s="7">
-        <v>561898</v>
+        <v>566509</v>
       </c>
       <c r="I111" s="7">
-        <v>174492</v>
+        <v>172498</v>
       </c>
       <c r="J111" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K111" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B112" s="6">
-        <v>100062311079</v>
+        <v>100062621279</v>
       </c>
       <c r="C112" s="13"/>
       <c r="D112" s="9">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E112" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F112" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H112" s="7">
         <v>561898</v>
       </c>
       <c r="I112" s="7">
         <v>174492</v>
       </c>
       <c r="J112" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K112" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="113" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B113" s="6">
-        <v>100062311080</v>
+        <v>100062311075</v>
       </c>
       <c r="C113" s="13"/>
       <c r="D113" s="9">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E113" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F113" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H113" s="7">
         <v>561898</v>
       </c>
       <c r="I113" s="7">
         <v>174492</v>
       </c>
       <c r="J113" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K113" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B114" s="6">
-        <v>100062311081</v>
+        <v>100062311077</v>
       </c>
       <c r="C114" s="13"/>
       <c r="D114" s="9">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E114" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F114" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H114" s="7">
         <v>561898</v>
       </c>
       <c r="I114" s="7">
         <v>174492</v>
       </c>
       <c r="J114" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K114" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B115" s="6">
-        <v>100062311082</v>
+        <v>100062311078</v>
       </c>
       <c r="C115" s="13"/>
       <c r="D115" s="9">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E115" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H115" s="7">
         <v>561898</v>
       </c>
       <c r="I115" s="7">
         <v>174492</v>
       </c>
       <c r="J115" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K115" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B116" s="6">
-        <v>100062311083</v>
+        <v>100062311079</v>
       </c>
       <c r="C116" s="13"/>
       <c r="D116" s="9">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E116" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F116" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H116" s="7">
         <v>561898</v>
       </c>
       <c r="I116" s="7">
         <v>174492</v>
       </c>
       <c r="J116" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K116" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B117" s="6">
-        <v>100062311070</v>
+        <v>100062311080</v>
       </c>
       <c r="C117" s="13"/>
-      <c r="D117" s="9" t="s">
-        <v>280</v>
+      <c r="D117" s="9">
+        <v>6</v>
       </c>
       <c r="E117" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F117" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H117" s="7">
         <v>561898</v>
       </c>
       <c r="I117" s="7">
         <v>174492</v>
       </c>
       <c r="J117" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B118" s="6">
-        <v>100062311072</v>
+        <v>100062311081</v>
       </c>
       <c r="C118" s="13"/>
       <c r="D118" s="9">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="E118" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F118" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H118" s="7">
         <v>561898</v>
       </c>
       <c r="I118" s="7">
         <v>174492</v>
       </c>
       <c r="J118" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K118" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B119" s="6">
-        <v>100062311073</v>
+        <v>100062311082</v>
       </c>
       <c r="C119" s="13"/>
       <c r="D119" s="9">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E119" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F119" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H119" s="7">
         <v>561898</v>
       </c>
       <c r="I119" s="7">
         <v>174492</v>
       </c>
       <c r="J119" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K119" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="120" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B120" s="6">
-        <v>100062311074</v>
+        <v>100062311083</v>
       </c>
       <c r="C120" s="13"/>
       <c r="D120" s="9">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E120" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F120" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H120" s="7">
         <v>561898</v>
       </c>
       <c r="I120" s="7">
         <v>174492</v>
       </c>
       <c r="J120" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K120" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B121" s="6">
-        <v>100062311076</v>
+        <v>100062311070</v>
       </c>
       <c r="C121" s="13"/>
-      <c r="D121" s="9">
-        <v>20</v>
+      <c r="D121" s="9" t="s">
+        <v>280</v>
       </c>
       <c r="E121" s="7" t="s">
         <v>278</v>
       </c>
       <c r="F121" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="7" t="s">
         <v>279</v>
       </c>
       <c r="H121" s="7">
         <v>561898</v>
       </c>
       <c r="I121" s="7">
         <v>174492</v>
       </c>
       <c r="J121" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K121" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="122" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B122" s="6">
-        <v>100062310481</v>
+        <v>100062311072</v>
       </c>
       <c r="C122" s="13"/>
-      <c r="D122" s="9" t="s">
-        <v>281</v>
+      <c r="D122" s="9">
+        <v>12</v>
       </c>
       <c r="E122" s="7" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="F122" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G122" s="7" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="H122" s="7">
-        <v>564562</v>
+        <v>561898</v>
       </c>
       <c r="I122" s="7">
-        <v>174169</v>
+        <v>174492</v>
       </c>
       <c r="J122" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K122" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="123" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B123" s="6">
+        <v>100062311073</v>
+      </c>
+      <c r="C123" s="13"/>
+      <c r="D123" s="9">
+        <v>13</v>
+      </c>
+      <c r="E123" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="F123" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="H123" s="7">
+        <v>561898</v>
+      </c>
+      <c r="I123" s="7">
+        <v>174492</v>
+      </c>
+      <c r="J123" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K123" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B124" s="6">
+        <v>100062311074</v>
+      </c>
+      <c r="C124" s="13"/>
+      <c r="D124" s="9">
+        <v>14</v>
+      </c>
+      <c r="E124" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="F124" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="H124" s="7">
+        <v>561898</v>
+      </c>
+      <c r="I124" s="7">
+        <v>174492</v>
+      </c>
+      <c r="J124" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K124" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B125" s="6">
+        <v>100062311076</v>
+      </c>
+      <c r="C125" s="13"/>
+      <c r="D125" s="9">
+        <v>20</v>
+      </c>
+      <c r="E125" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="F125" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="H125" s="7">
+        <v>561898</v>
+      </c>
+      <c r="I125" s="7">
+        <v>174492</v>
+      </c>
+      <c r="J125" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K125" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B126" s="6">
+        <v>100062310481</v>
+      </c>
+      <c r="C126" s="13"/>
+      <c r="D126" s="9" t="s">
+        <v>281</v>
+      </c>
+      <c r="E126" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="F126" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G126" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="H126" s="7">
+        <v>564562</v>
+      </c>
+      <c r="I126" s="7">
+        <v>174169</v>
+      </c>
+      <c r="J126" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K126" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B127" s="6">
         <v>10012011679</v>
       </c>
-      <c r="C123" s="13" t="s">
+      <c r="C127" s="13" t="s">
         <v>284</v>
       </c>
-      <c r="D123" s="9"/>
-      <c r="E123" s="7" t="s">
+      <c r="D127" s="9"/>
+      <c r="E127" s="7" t="s">
         <v>285</v>
       </c>
-      <c r="F123" s="7" t="s">
+      <c r="F127" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="G123" s="7" t="s">
+      <c r="G127" s="7" t="s">
         <v>286</v>
       </c>
-      <c r="H123" s="7">
+      <c r="H127" s="7">
         <v>564300</v>
       </c>
-      <c r="I123" s="7">
+      <c r="I127" s="7">
         <v>174324</v>
       </c>
-      <c r="J123" s="7" t="s">
+      <c r="J127" s="7" t="s">
         <v>287</v>
       </c>
-      <c r="K123" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A124" s="4" t="s">
+      <c r="K127" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
         <v>288</v>
       </c>
-      <c r="B124" s="4"/>
-[...110 lines deleted...]
-      </c>
+      <c r="B128" s="4"/>
+      <c r="C128" s="4"/>
+      <c r="D128" s="4"/>
+      <c r="E128" s="4"/>
+      <c r="F128" s="4"/>
+      <c r="G128" s="4"/>
+      <c r="H128" s="4"/>
+      <c r="I128" s="4"/>
+      <c r="J128" s="4"/>
+      <c r="K128" s="4"/>
     </row>
     <row r="129" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B129" s="8" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="C129" s="7" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="E129" s="7" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="F129" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G129" s="7" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="H129" s="7">
-        <v>564833</v>
+        <v>564126</v>
       </c>
       <c r="I129" s="7">
-        <v>173933</v>
+        <v>173267</v>
       </c>
       <c r="J129" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K129" s="7" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B130" s="8" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="C130" s="7" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="E130" s="7" t="s">
-        <v>305</v>
+        <v>12</v>
       </c>
       <c r="F130" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G130" s="7" t="s">
-        <v>306</v>
+        <v>14</v>
       </c>
       <c r="H130" s="7">
-        <v>565163</v>
+        <v>562296</v>
       </c>
       <c r="I130" s="7">
-        <v>173875</v>
+        <v>173202</v>
       </c>
       <c r="J130" s="7" t="s">
-        <v>224</v>
+        <v>15</v>
       </c>
       <c r="K130" s="7" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="131" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B131" s="6">
-[...25 lines deleted...]
-      </c>
+      <c r="A131" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B131" s="4"/>
+      <c r="C131" s="4"/>
+      <c r="D131" s="4"/>
+      <c r="E131" s="4"/>
+      <c r="F131" s="4"/>
+      <c r="G131" s="4"/>
+      <c r="H131" s="4"/>
+      <c r="I131" s="4"/>
+      <c r="J131" s="4"/>
+      <c r="K131" s="4"/>
     </row>
     <row r="132" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B132" s="6">
-        <v>100062621309</v>
+      <c r="B132" s="8" t="s">
+        <v>296</v>
       </c>
       <c r="C132" s="7" t="s">
         <v>297</v>
       </c>
       <c r="E132" s="7" t="s">
-        <v>227</v>
+        <v>298</v>
       </c>
       <c r="F132" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G132" s="7" t="s">
-        <v>262</v>
+        <v>299</v>
       </c>
       <c r="H132" s="7">
-        <v>564616</v>
+        <v>564822</v>
       </c>
       <c r="I132" s="7">
-        <v>174404</v>
+        <v>173835</v>
       </c>
       <c r="J132" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K132" s="7" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
     </row>
     <row r="133" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A133" s="6"/>
       <c r="B133" s="6">
-        <v>100062621094</v>
+        <v>100062621207</v>
       </c>
       <c r="C133" s="7" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="D133" s="9"/>
+        <v>297</v>
+      </c>
       <c r="E133" s="7" t="s">
-        <v>142</v>
+        <v>300</v>
       </c>
       <c r="F133" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G133" s="7" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="H133" s="7">
-        <v>565227</v>
+        <v>564510</v>
       </c>
       <c r="I133" s="7">
-        <v>174113</v>
+        <v>173982</v>
       </c>
       <c r="J133" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K133" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="134" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A134" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K134" s="4"/>
+      <c r="B134" s="6">
+        <v>100062621309</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="E134" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="F134" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G134" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="H134" s="7">
+        <v>564616</v>
+      </c>
+      <c r="I134" s="7">
+        <v>174404</v>
+      </c>
+      <c r="J134" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="K134" s="7" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="135" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B135" s="8" t="s">
-        <v>312</v>
+      <c r="A135" s="6"/>
+      <c r="B135" s="6">
+        <v>100062621094</v>
       </c>
       <c r="C135" s="7" t="s">
-        <v>297</v>
-      </c>
+        <v>302</v>
+      </c>
+      <c r="D135" s="9"/>
       <c r="E135" s="7" t="s">
-        <v>313</v>
+        <v>142</v>
       </c>
       <c r="F135" s="7" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G135" s="7" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="H135" s="7">
-        <v>566930</v>
+        <v>565227</v>
       </c>
       <c r="I135" s="7">
-        <v>173029</v>
+        <v>174113</v>
       </c>
       <c r="J135" s="7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="K135" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="136" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B136" s="8" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A136" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B136" s="4"/>
+      <c r="C136" s="4"/>
+      <c r="D136" s="4"/>
+      <c r="E136" s="4"/>
+      <c r="F136" s="4"/>
+      <c r="G136" s="4"/>
+      <c r="H136" s="4"/>
+      <c r="I136" s="4"/>
+      <c r="J136" s="4"/>
+      <c r="K136" s="4"/>
     </row>
     <row r="137" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B137" s="8" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="C137" s="7" t="s">
         <v>297</v>
       </c>
       <c r="E137" s="7" t="s">
-        <v>320</v>
+        <v>306</v>
       </c>
       <c r="F137" s="7" t="s">
-        <v>320</v>
+        <v>61</v>
       </c>
       <c r="G137" s="7" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="H137" s="7">
-        <v>564447</v>
+        <v>566930</v>
       </c>
       <c r="I137" s="7">
-        <v>161732</v>
+        <v>173029</v>
       </c>
       <c r="J137" s="7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="K137" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="138" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B138" s="8" t="s">
-        <v>322</v>
+        <v>308</v>
       </c>
       <c r="C138" s="7" t="s">
         <v>297</v>
       </c>
       <c r="E138" s="7" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="F138" s="7" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G138" s="7" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="H138" s="7">
-        <v>561716</v>
+        <v>564323</v>
       </c>
       <c r="I138" s="7">
-        <v>174465</v>
+        <v>166780</v>
       </c>
       <c r="J138" s="7" t="s">
-        <v>15</v>
+        <v>311</v>
       </c>
       <c r="K138" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="139" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B139" s="8" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="C139" s="7" t="s">
         <v>297</v>
       </c>
       <c r="E139" s="7" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
       <c r="F139" s="7" t="s">
-        <v>13</v>
+        <v>313</v>
       </c>
       <c r="G139" s="7" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="H139" s="7">
-        <v>562393</v>
+        <v>564447</v>
       </c>
       <c r="I139" s="7">
-        <v>174202</v>
+        <v>161732</v>
       </c>
       <c r="J139" s="7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="K139" s="7" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="140" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B140" s="8" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="C140" s="7" t="s">
-        <v>329</v>
+        <v>297</v>
       </c>
       <c r="E140" s="7" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="F140" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="7" t="s">
-        <v>331</v>
+        <v>317</v>
       </c>
       <c r="H140" s="7">
-        <v>561887</v>
+        <v>561716</v>
       </c>
       <c r="I140" s="7">
-        <v>174574</v>
+        <v>174465</v>
       </c>
       <c r="J140" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K140" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="141" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B141" s="8" t="s">
-        <v>332</v>
+        <v>318</v>
       </c>
       <c r="C141" s="7" t="s">
-        <v>329</v>
+        <v>297</v>
       </c>
       <c r="E141" s="7" t="s">
-        <v>203</v>
+        <v>319</v>
       </c>
       <c r="F141" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="7" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
       <c r="H141" s="7">
-        <v>562629</v>
+        <v>562393</v>
       </c>
       <c r="I141" s="7">
-        <v>173723</v>
+        <v>174202</v>
       </c>
       <c r="J141" s="7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="K141" s="7" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
     </row>
     <row r="142" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B142" s="8" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
       <c r="C142" s="7" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="E142" s="7" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="F142" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="7" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="H142" s="7">
-        <v>562601</v>
+        <v>561887</v>
       </c>
       <c r="I142" s="7">
-        <v>173856</v>
+        <v>174574</v>
       </c>
       <c r="J142" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K142" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="143" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B143" s="6">
-        <v>100062621034</v>
+      <c r="B143" s="8" t="s">
+        <v>325</v>
       </c>
       <c r="C143" s="7" t="s">
-        <v>297</v>
+        <v>322</v>
       </c>
       <c r="E143" s="7" t="s">
-        <v>337</v>
+        <v>203</v>
       </c>
       <c r="F143" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="7" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="H143" s="7">
-        <v>563612</v>
+        <v>562629</v>
       </c>
       <c r="I143" s="7">
-        <v>173262</v>
+        <v>173723</v>
       </c>
       <c r="J143" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K143" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="144" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B144" s="8" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="C144" s="7" t="s">
-        <v>297</v>
+        <v>322</v>
       </c>
       <c r="E144" s="7" t="s">
-        <v>145</v>
+        <v>328</v>
       </c>
       <c r="F144" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G144" s="7" t="s">
-        <v>212</v>
+        <v>329</v>
       </c>
       <c r="H144" s="7">
-        <v>565907</v>
+        <v>562601</v>
       </c>
       <c r="I144" s="7">
-        <v>170850</v>
+        <v>173856</v>
       </c>
       <c r="J144" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K144" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="145" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B145" s="8" t="s">
-        <v>340</v>
+      <c r="B145" s="6">
+        <v>100062621034</v>
       </c>
       <c r="C145" s="7" t="s">
         <v>297</v>
       </c>
       <c r="E145" s="7" t="s">
-        <v>268</v>
+        <v>330</v>
       </c>
       <c r="F145" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G145" s="7" t="s">
-        <v>269</v>
+        <v>331</v>
       </c>
       <c r="H145" s="7">
-        <v>565774</v>
+        <v>563612</v>
       </c>
       <c r="I145" s="7">
-        <v>171512</v>
+        <v>173262</v>
       </c>
       <c r="J145" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K145" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="146" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B146" s="8" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
       <c r="C146" s="7" t="s">
         <v>297</v>
       </c>
       <c r="E146" s="7" t="s">
-        <v>342</v>
+        <v>145</v>
       </c>
       <c r="F146" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G146" s="7" t="s">
-        <v>343</v>
+        <v>212</v>
       </c>
       <c r="H146" s="7">
-        <v>565201</v>
+        <v>565907</v>
       </c>
       <c r="I146" s="7">
-        <v>172928</v>
+        <v>170850</v>
       </c>
       <c r="J146" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K146" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="147" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A147" s="10"/>
-[...3 lines deleted...]
-      <c r="C147" s="10" t="s">
+      <c r="B147" s="8" t="s">
+        <v>333</v>
+      </c>
+      <c r="C147" s="7" t="s">
         <v>297</v>
       </c>
-      <c r="D147" s="12"/>
-[...13 lines deleted...]
-        <v>172469</v>
+      <c r="E147" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="F147" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G147" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="H147" s="7">
+        <v>565774</v>
+      </c>
+      <c r="I147" s="7">
+        <v>171512</v>
       </c>
       <c r="J147" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="K147" s="10" t="s">
+      <c r="K147" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="148" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A148" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K148" s="4"/>
+      <c r="B148" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="E148" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="F148" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G148" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="H148" s="7">
+        <v>565201</v>
+      </c>
+      <c r="I148" s="7">
+        <v>172928</v>
+      </c>
+      <c r="J148" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="K148" s="7" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="149" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B149" s="8" t="s">
-[...21 lines deleted...]
-        <v>173065</v>
+      <c r="A149" s="10"/>
+      <c r="B149" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="C149" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="D149" s="12"/>
+      <c r="E149" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="F149" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="H149" s="10">
+        <v>563935</v>
+      </c>
+      <c r="I149" s="10">
+        <v>172469</v>
       </c>
       <c r="J149" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="K149" s="7" t="s">
+      <c r="K149" s="10" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="150" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B150" s="8" t="s">
-[...28 lines deleted...]
-      </c>
+      <c r="A150" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B150" s="4"/>
+      <c r="C150" s="4"/>
+      <c r="D150" s="4"/>
+      <c r="E150" s="4"/>
+      <c r="F150" s="4"/>
+      <c r="G150" s="4"/>
+      <c r="H150" s="4"/>
+      <c r="I150" s="4"/>
+      <c r="J150" s="4"/>
+      <c r="K150" s="4"/>
     </row>
     <row r="151" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B151" s="8" t="s">
-        <v>355</v>
+        <v>339</v>
+      </c>
+      <c r="C151" s="7" t="s">
+        <v>340</v>
       </c>
       <c r="D151" s="9" t="s">
-        <v>356</v>
+        <v>341</v>
       </c>
       <c r="E151" s="7" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="F151" s="7" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G151" s="7" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="H151" s="7">
-        <v>563809</v>
+        <v>567263</v>
       </c>
       <c r="I151" s="7">
-        <v>172520</v>
+        <v>173065</v>
       </c>
       <c r="J151" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K151" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="152" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B152" s="8" t="s">
-        <v>359</v>
+        <v>344</v>
+      </c>
+      <c r="C152" s="7" t="s">
+        <v>345</v>
       </c>
       <c r="D152" s="9" t="s">
-        <v>360</v>
+        <v>346</v>
       </c>
       <c r="E152" s="7" t="s">
-        <v>361</v>
+        <v>342</v>
       </c>
       <c r="F152" s="7" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G152" s="7" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="H152" s="7">
-        <v>562819</v>
+        <v>567253</v>
       </c>
       <c r="I152" s="7">
-        <v>172312</v>
+        <v>172866</v>
       </c>
       <c r="J152" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K152" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="153" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B153" s="8" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="D153" s="9" t="s">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="E153" s="7" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="F153" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G153" s="7" t="s">
-        <v>366</v>
+        <v>351</v>
       </c>
       <c r="H153" s="7">
-        <v>562720</v>
+        <v>563809</v>
       </c>
       <c r="I153" s="7">
-        <v>172140</v>
+        <v>172520</v>
       </c>
       <c r="J153" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K153" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="154" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B154" s="8" t="s">
-        <v>367</v>
+        <v>352</v>
       </c>
       <c r="D154" s="9" t="s">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="E154" s="7" t="s">
-        <v>256</v>
+        <v>354</v>
       </c>
       <c r="F154" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G154" s="7" t="s">
-        <v>369</v>
+        <v>355</v>
       </c>
       <c r="H154" s="7">
-        <v>563146</v>
+        <v>562819</v>
       </c>
       <c r="I154" s="7">
-        <v>172380</v>
+        <v>172312</v>
       </c>
       <c r="J154" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K154" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="155" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B155" s="8" t="s">
-        <v>370</v>
+        <v>356</v>
       </c>
       <c r="D155" s="9" t="s">
-        <v>371</v>
+        <v>357</v>
       </c>
       <c r="E155" s="7" t="s">
-        <v>372</v>
+        <v>358</v>
       </c>
       <c r="F155" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G155" s="7" t="s">
-        <v>373</v>
+        <v>359</v>
       </c>
       <c r="H155" s="7">
-        <v>562913</v>
+        <v>562720</v>
       </c>
       <c r="I155" s="7">
-        <v>172148</v>
+        <v>172140</v>
       </c>
       <c r="J155" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K155" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="156" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B156" s="8" t="s">
-        <v>374</v>
+        <v>360</v>
       </c>
       <c r="D156" s="9" t="s">
-        <v>375</v>
+        <v>361</v>
       </c>
       <c r="E156" s="7" t="s">
-        <v>376</v>
+        <v>256</v>
       </c>
       <c r="F156" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G156" s="7" t="s">
-        <v>377</v>
+        <v>362</v>
       </c>
       <c r="H156" s="7">
-        <v>562697</v>
+        <v>563146</v>
       </c>
       <c r="I156" s="7">
-        <v>172452</v>
+        <v>172380</v>
       </c>
       <c r="J156" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K156" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="157" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B157" s="8" t="s">
-        <v>378</v>
+        <v>363</v>
       </c>
       <c r="D157" s="9" t="s">
-        <v>379</v>
+        <v>364</v>
       </c>
       <c r="E157" s="7" t="s">
-        <v>380</v>
+        <v>365</v>
       </c>
       <c r="F157" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G157" s="7" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
       <c r="H157" s="7">
-        <v>566180</v>
+        <v>562913</v>
       </c>
       <c r="I157" s="7">
-        <v>173200</v>
+        <v>172148</v>
       </c>
       <c r="J157" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K157" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="158" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B158" s="8" t="s">
-        <v>382</v>
+        <v>367</v>
       </c>
       <c r="D158" s="9" t="s">
-        <v>383</v>
+        <v>368</v>
       </c>
       <c r="E158" s="7" t="s">
-        <v>232</v>
+        <v>369</v>
       </c>
       <c r="F158" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G158" s="7" t="s">
-        <v>384</v>
+        <v>370</v>
       </c>
       <c r="H158" s="7">
-        <v>565540</v>
+        <v>562697</v>
       </c>
       <c r="I158" s="7">
-        <v>172092</v>
+        <v>172452</v>
       </c>
       <c r="J158" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K158" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="159" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B159" s="8" t="s">
-        <v>385</v>
+        <v>371</v>
       </c>
       <c r="D159" s="9" t="s">
-        <v>386</v>
+        <v>372</v>
       </c>
       <c r="E159" s="7" t="s">
-        <v>387</v>
+        <v>373</v>
       </c>
       <c r="F159" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G159" s="7" t="s">
-        <v>388</v>
+        <v>374</v>
       </c>
       <c r="H159" s="7">
-        <v>566899</v>
+        <v>566180</v>
       </c>
       <c r="I159" s="7">
-        <v>172534</v>
+        <v>173200</v>
       </c>
       <c r="J159" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K159" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="160" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B160" s="8" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="D160" s="9" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="E160" s="7" t="s">
-        <v>171</v>
+        <v>232</v>
       </c>
       <c r="F160" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G160" s="7" t="s">
-        <v>172</v>
+        <v>377</v>
       </c>
       <c r="H160" s="7">
-        <v>565693</v>
+        <v>565540</v>
       </c>
       <c r="I160" s="7">
-        <v>171961</v>
+        <v>172092</v>
       </c>
       <c r="J160" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K160" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="161" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B161" s="8" t="s">
-        <v>391</v>
+        <v>378</v>
       </c>
       <c r="D161" s="9" t="s">
-        <v>392</v>
+        <v>379</v>
       </c>
       <c r="E161" s="7" t="s">
-        <v>393</v>
+        <v>380</v>
       </c>
       <c r="F161" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G161" s="7" t="s">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="H161" s="7">
-        <v>564780</v>
+        <v>566899</v>
       </c>
       <c r="I161" s="7">
-        <v>172576</v>
+        <v>172534</v>
       </c>
       <c r="J161" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K161" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="162" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B162" s="8" t="s">
-        <v>395</v>
+        <v>382</v>
       </c>
       <c r="D162" s="9" t="s">
-        <v>396</v>
+        <v>383</v>
       </c>
       <c r="E162" s="7" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="F162" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G162" s="7" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="H162" s="7">
-        <v>565007</v>
+        <v>565693</v>
       </c>
       <c r="I162" s="7">
-        <v>172447</v>
+        <v>171961</v>
       </c>
       <c r="J162" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K162" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="163" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A163" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K163" s="4"/>
+      <c r="B163" s="8" t="s">
+        <v>384</v>
+      </c>
+      <c r="D163" s="9" t="s">
+        <v>385</v>
+      </c>
+      <c r="E163" s="7" t="s">
+        <v>386</v>
+      </c>
+      <c r="F163" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G163" s="7" t="s">
+        <v>387</v>
+      </c>
+      <c r="H163" s="7">
+        <v>564780</v>
+      </c>
+      <c r="I163" s="7">
+        <v>172576</v>
+      </c>
+      <c r="J163" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="K163" s="7" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="164" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A164" s="6"/>
       <c r="B164" s="8" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="C164" s="7"/>
+        <v>388</v>
+      </c>
       <c r="D164" s="9" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
       <c r="E164" s="7" t="s">
-        <v>400</v>
+        <v>177</v>
       </c>
       <c r="F164" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G164" s="7" t="s">
-        <v>401</v>
+        <v>178</v>
       </c>
       <c r="H164" s="7">
-        <v>562235</v>
+        <v>565007</v>
       </c>
       <c r="I164" s="7">
-        <v>173139</v>
+        <v>172447</v>
       </c>
       <c r="J164" s="7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="K164" s="7" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="165" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A165" s="6"/>
-[...27 lines deleted...]
-      </c>
+      <c r="A165" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B165" s="4"/>
+      <c r="C165" s="4"/>
+      <c r="D165" s="4"/>
+      <c r="E165" s="4"/>
+      <c r="F165" s="4"/>
+      <c r="G165" s="4"/>
+      <c r="H165" s="4"/>
+      <c r="I165" s="4"/>
+      <c r="J165" s="4"/>
+      <c r="K165" s="4"/>
     </row>
     <row r="166" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A166" s="6"/>
       <c r="B166" s="8" t="s">
-        <v>404</v>
+        <v>391</v>
       </c>
       <c r="C166" s="7"/>
       <c r="D166" s="9" t="s">
-        <v>405</v>
+        <v>392</v>
       </c>
       <c r="E166" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F166" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H166" s="7">
-        <v>562191</v>
+        <v>562235</v>
       </c>
       <c r="I166" s="7">
-        <v>173181</v>
+        <v>173139</v>
       </c>
       <c r="J166" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K166" s="7" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
     </row>
     <row r="167" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A167" s="6"/>
       <c r="B167" s="8" t="s">
-        <v>406</v>
+        <v>395</v>
       </c>
       <c r="C167" s="7"/>
       <c r="D167" s="9" t="s">
-        <v>407</v>
+        <v>396</v>
       </c>
       <c r="E167" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F167" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H167" s="7">
         <v>562191</v>
       </c>
       <c r="I167" s="7">
         <v>173181</v>
       </c>
       <c r="J167" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K167" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="168" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A168" s="6"/>
       <c r="B168" s="8" t="s">
-        <v>408</v>
+        <v>397</v>
       </c>
       <c r="C168" s="7"/>
       <c r="D168" s="9" t="s">
-        <v>409</v>
+        <v>398</v>
       </c>
       <c r="E168" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F168" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H168" s="7">
-        <v>562119</v>
+        <v>562191</v>
       </c>
       <c r="I168" s="7">
-        <v>173206</v>
+        <v>173181</v>
       </c>
       <c r="J168" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K168" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="169" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A169" s="6"/>
       <c r="B169" s="8" t="s">
-        <v>410</v>
+        <v>399</v>
       </c>
       <c r="C169" s="7"/>
       <c r="D169" s="9" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="E169" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F169" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H169" s="7">
-        <v>562119</v>
+        <v>562191</v>
       </c>
       <c r="I169" s="7">
-        <v>173206</v>
+        <v>173181</v>
       </c>
       <c r="J169" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K169" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A170" s="6"/>
-      <c r="B170" s="6">
-        <v>200001781100</v>
+      <c r="B170" s="8" t="s">
+        <v>401</v>
       </c>
       <c r="C170" s="7"/>
       <c r="D170" s="9" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="E170" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F170" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H170" s="7">
-        <v>562191</v>
+        <v>562119</v>
       </c>
       <c r="I170" s="7">
-        <v>173181</v>
+        <v>173206</v>
       </c>
       <c r="J170" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K170" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A171" s="6"/>
       <c r="B171" s="8" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="C171" s="7"/>
       <c r="D171" s="9" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="E171" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F171" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G171" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H171" s="7">
-        <v>562191</v>
+        <v>562119</v>
       </c>
       <c r="I171" s="7">
-        <v>173181</v>
+        <v>173206</v>
       </c>
       <c r="J171" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K171" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="172" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A172" s="6"/>
-      <c r="B172" s="8" t="s">
-        <v>415</v>
+      <c r="B172" s="6">
+        <v>200001781100</v>
       </c>
       <c r="C172" s="7"/>
       <c r="D172" s="9" t="s">
-        <v>416</v>
+        <v>405</v>
       </c>
       <c r="E172" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F172" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G172" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H172" s="7">
         <v>562191</v>
       </c>
       <c r="I172" s="7">
         <v>173181</v>
       </c>
       <c r="J172" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K172" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A173" s="6"/>
       <c r="B173" s="8" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="C173" s="7"/>
       <c r="D173" s="9" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
       <c r="E173" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F173" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H173" s="7">
         <v>562191</v>
       </c>
       <c r="I173" s="7">
         <v>173181</v>
       </c>
       <c r="J173" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K173" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A174" s="6"/>
-      <c r="B174" s="6">
-        <v>200001781110</v>
+      <c r="B174" s="8" t="s">
+        <v>408</v>
       </c>
       <c r="C174" s="7"/>
       <c r="D174" s="9" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="E174" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F174" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H174" s="7">
-        <v>562119</v>
+        <v>562191</v>
       </c>
       <c r="I174" s="7">
-        <v>173206</v>
+        <v>173181</v>
       </c>
       <c r="J174" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K174" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A175" s="6"/>
       <c r="B175" s="8" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="C175" s="7"/>
       <c r="D175" s="9" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="E175" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F175" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H175" s="7">
-        <v>562119</v>
+        <v>562191</v>
       </c>
       <c r="I175" s="7">
-        <v>173206</v>
+        <v>173181</v>
       </c>
       <c r="J175" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K175" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="176" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A176" s="6"/>
-      <c r="B176" s="8" t="s">
-        <v>422</v>
+      <c r="B176" s="6">
+        <v>200001781110</v>
       </c>
       <c r="C176" s="7"/>
       <c r="D176" s="9" t="s">
-        <v>423</v>
+        <v>412</v>
       </c>
       <c r="E176" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F176" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G176" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H176" s="7">
         <v>562119</v>
       </c>
       <c r="I176" s="7">
         <v>173206</v>
       </c>
       <c r="J176" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K176" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A177" s="6"/>
       <c r="B177" s="8" t="s">
-        <v>424</v>
+        <v>413</v>
       </c>
       <c r="C177" s="7"/>
       <c r="D177" s="9" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="E177" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F177" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H177" s="7">
         <v>562119</v>
       </c>
       <c r="I177" s="7">
         <v>173206</v>
       </c>
       <c r="J177" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K177" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A178" s="6"/>
       <c r="B178" s="8" t="s">
-        <v>426</v>
+        <v>415</v>
       </c>
       <c r="C178" s="7"/>
       <c r="D178" s="9" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
       <c r="E178" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F178" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H178" s="7">
         <v>562119</v>
       </c>
       <c r="I178" s="7">
         <v>173206</v>
       </c>
       <c r="J178" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K178" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="179" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A179" s="6"/>
       <c r="B179" s="8" t="s">
-        <v>428</v>
+        <v>417</v>
       </c>
       <c r="C179" s="7"/>
       <c r="D179" s="9" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="E179" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F179" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H179" s="7">
         <v>562119</v>
       </c>
       <c r="I179" s="7">
         <v>173206</v>
       </c>
       <c r="J179" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K179" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="180" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A180" s="6"/>
       <c r="B180" s="8" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="C180" s="6"/>
+        <v>419</v>
+      </c>
+      <c r="C180" s="7"/>
       <c r="D180" s="9" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="E180" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F180" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="7" t="s">
-        <v>432</v>
+        <v>394</v>
       </c>
       <c r="H180" s="7">
-        <v>562135</v>
+        <v>562119</v>
       </c>
       <c r="I180" s="7">
-        <v>173226</v>
+        <v>173206</v>
       </c>
       <c r="J180" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K180" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="181" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A181" s="6"/>
-      <c r="B181" s="6">
-        <v>200001781111</v>
+      <c r="B181" s="8" t="s">
+        <v>421</v>
       </c>
       <c r="C181" s="7"/>
       <c r="D181" s="9" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="E181" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F181" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="7" t="s">
-        <v>432</v>
+        <v>394</v>
       </c>
       <c r="H181" s="7">
-        <v>562135</v>
+        <v>562119</v>
       </c>
       <c r="I181" s="7">
-        <v>173226</v>
+        <v>173206</v>
       </c>
       <c r="J181" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K181" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="182" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A182" s="6"/>
-      <c r="B182" s="6">
-[...2 lines deleted...]
-      <c r="C182" s="7"/>
+      <c r="B182" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="C182" s="6"/>
       <c r="D182" s="9" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="E182" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F182" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H182" s="7">
         <v>562135</v>
       </c>
       <c r="I182" s="7">
         <v>173226</v>
       </c>
       <c r="J182" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K182" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="183" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A183" s="6"/>
-      <c r="B183" s="8" t="s">
-        <v>435</v>
+      <c r="B183" s="6">
+        <v>200001781111</v>
       </c>
       <c r="C183" s="7"/>
       <c r="D183" s="9" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="E183" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F183" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H183" s="7">
         <v>562135</v>
       </c>
       <c r="I183" s="7">
         <v>173226</v>
       </c>
       <c r="J183" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K183" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="184" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A184" s="6"/>
-      <c r="B184" s="8" t="s">
-        <v>437</v>
+      <c r="B184" s="6">
+        <v>200001781103</v>
       </c>
       <c r="C184" s="7"/>
       <c r="D184" s="9" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
       <c r="E184" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F184" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H184" s="7">
         <v>562135</v>
       </c>
       <c r="I184" s="7">
         <v>173226</v>
       </c>
       <c r="J184" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K184" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="185" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A185" s="6"/>
       <c r="B185" s="8" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="C185" s="7"/>
       <c r="D185" s="9" t="s">
-        <v>440</v>
+        <v>429</v>
       </c>
       <c r="E185" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F185" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H185" s="7">
         <v>562135</v>
       </c>
       <c r="I185" s="7">
         <v>173226</v>
       </c>
       <c r="J185" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K185" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="186" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A186" s="6"/>
       <c r="B186" s="8" t="s">
-        <v>441</v>
+        <v>430</v>
       </c>
       <c r="C186" s="7"/>
       <c r="D186" s="9" t="s">
-        <v>442</v>
+        <v>431</v>
       </c>
       <c r="E186" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F186" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H186" s="7">
         <v>562135</v>
       </c>
       <c r="I186" s="7">
         <v>173226</v>
       </c>
       <c r="J186" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K186" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="187" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A187" s="6"/>
       <c r="B187" s="8" t="s">
-        <v>443</v>
+        <v>432</v>
       </c>
       <c r="C187" s="7"/>
       <c r="D187" s="9" t="s">
-        <v>444</v>
+        <v>433</v>
       </c>
       <c r="E187" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F187" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G187" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H187" s="7">
         <v>562135</v>
       </c>
       <c r="I187" s="7">
         <v>173226</v>
       </c>
       <c r="J187" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K187" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A188" s="6"/>
       <c r="B188" s="8" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="C188" s="7"/>
       <c r="D188" s="9" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="E188" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F188" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H188" s="7">
         <v>562135</v>
       </c>
       <c r="I188" s="7">
         <v>173226</v>
       </c>
       <c r="J188" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K188" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="189" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A189" s="6"/>
       <c r="B189" s="8" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="C189" s="7"/>
       <c r="D189" s="9" t="s">
-        <v>448</v>
+        <v>437</v>
       </c>
       <c r="E189" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F189" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G189" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H189" s="7">
         <v>562135</v>
       </c>
       <c r="I189" s="7">
         <v>173226</v>
       </c>
       <c r="J189" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K189" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="190" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A190" s="6"/>
       <c r="B190" s="8" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="C190" s="7"/>
       <c r="D190" s="9" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="E190" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F190" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H190" s="7">
         <v>562135</v>
       </c>
       <c r="I190" s="7">
         <v>173226</v>
       </c>
       <c r="J190" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K190" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="191" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A191" s="6"/>
       <c r="B191" s="8" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="C191" s="7"/>
       <c r="D191" s="9" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="E191" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F191" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H191" s="7">
-        <v>562124</v>
+        <v>562135</v>
       </c>
       <c r="I191" s="7">
-        <v>173292</v>
+        <v>173226</v>
       </c>
       <c r="J191" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K191" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="192" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A192" s="6"/>
       <c r="B192" s="8" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="C192" s="7"/>
       <c r="D192" s="9" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="E192" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F192" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H192" s="7">
-        <v>562124</v>
+        <v>562135</v>
       </c>
       <c r="I192" s="7">
-        <v>173292</v>
+        <v>173226</v>
       </c>
       <c r="J192" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K192" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A193" s="6"/>
       <c r="B193" s="8" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="C193" s="7"/>
       <c r="D193" s="9" t="s">
-        <v>456</v>
+        <v>445</v>
       </c>
       <c r="E193" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F193" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H193" s="7">
         <v>562124</v>
       </c>
       <c r="I193" s="7">
         <v>173292</v>
       </c>
       <c r="J193" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K193" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A194" s="6"/>
       <c r="B194" s="8" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
       <c r="C194" s="7"/>
       <c r="D194" s="9" t="s">
-        <v>458</v>
+        <v>447</v>
       </c>
       <c r="E194" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F194" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H194" s="7">
         <v>562124</v>
       </c>
       <c r="I194" s="7">
         <v>173292</v>
       </c>
       <c r="J194" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K194" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A195" s="6"/>
       <c r="B195" s="8" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="C195" s="7"/>
       <c r="D195" s="9" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="E195" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F195" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H195" s="7">
         <v>562124</v>
       </c>
       <c r="I195" s="7">
         <v>173292</v>
       </c>
       <c r="J195" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K195" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="196" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A196" s="6"/>
       <c r="B196" s="8" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="C196" s="7"/>
       <c r="D196" s="9" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
       <c r="E196" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F196" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H196" s="7">
         <v>562124</v>
       </c>
       <c r="I196" s="7">
         <v>173292</v>
       </c>
       <c r="J196" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K196" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="197" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A197" s="6"/>
       <c r="B197" s="8" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="C197" s="7"/>
       <c r="D197" s="9" t="s">
-        <v>464</v>
+        <v>453</v>
       </c>
       <c r="E197" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F197" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H197" s="7">
         <v>562124</v>
       </c>
       <c r="I197" s="7">
         <v>173292</v>
       </c>
       <c r="J197" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K197" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="198" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A198" s="6"/>
       <c r="B198" s="8" t="s">
-        <v>465</v>
+        <v>454</v>
       </c>
       <c r="C198" s="7"/>
       <c r="D198" s="9" t="s">
-        <v>466</v>
+        <v>455</v>
       </c>
       <c r="E198" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F198" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="7" t="s">
-        <v>467</v>
+        <v>425</v>
       </c>
       <c r="H198" s="7">
-        <v>562132</v>
+        <v>562124</v>
       </c>
       <c r="I198" s="7">
-        <v>173309</v>
+        <v>173292</v>
       </c>
       <c r="J198" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K198" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="199" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A199" s="6"/>
       <c r="B199" s="8" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="C199" s="7"/>
       <c r="D199" s="9" t="s">
-        <v>469</v>
+        <v>457</v>
       </c>
       <c r="E199" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F199" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="7" t="s">
-        <v>467</v>
+        <v>425</v>
       </c>
       <c r="H199" s="7">
-        <v>562132</v>
+        <v>562124</v>
       </c>
       <c r="I199" s="7">
-        <v>173309</v>
+        <v>173292</v>
       </c>
       <c r="J199" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K199" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A200" s="6"/>
       <c r="B200" s="8" t="s">
-        <v>470</v>
+        <v>458</v>
       </c>
       <c r="C200" s="7"/>
       <c r="D200" s="9" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="E200" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F200" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H200" s="7">
         <v>562132</v>
       </c>
       <c r="I200" s="7">
         <v>173309</v>
       </c>
       <c r="J200" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K200" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="201" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A201" s="6"/>
       <c r="B201" s="8" t="s">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="C201" s="7"/>
       <c r="D201" s="9" t="s">
-        <v>473</v>
+        <v>462</v>
       </c>
       <c r="E201" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F201" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H201" s="7">
         <v>562132</v>
       </c>
       <c r="I201" s="7">
         <v>173309</v>
       </c>
       <c r="J201" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K201" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="202" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A202" s="6"/>
       <c r="B202" s="8" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="C202" s="7"/>
       <c r="D202" s="9" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="E202" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F202" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H202" s="7">
         <v>562132</v>
       </c>
       <c r="I202" s="7">
         <v>173309</v>
       </c>
       <c r="J202" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K202" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A203" s="6"/>
       <c r="B203" s="8" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="C203" s="7"/>
       <c r="D203" s="9" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="E203" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F203" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H203" s="7">
         <v>562132</v>
       </c>
       <c r="I203" s="7">
         <v>173309</v>
       </c>
       <c r="J203" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K203" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="204" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A204" s="6"/>
       <c r="B204" s="8" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="C204" s="7"/>
       <c r="D204" s="9" t="s">
-        <v>479</v>
+        <v>468</v>
       </c>
       <c r="E204" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F204" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H204" s="7">
         <v>562132</v>
       </c>
       <c r="I204" s="7">
         <v>173309</v>
       </c>
       <c r="J204" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K204" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="205" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A205" s="6"/>
       <c r="B205" s="8" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="C205" s="7"/>
       <c r="D205" s="9" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="E205" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F205" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H205" s="7">
         <v>562132</v>
       </c>
       <c r="I205" s="7">
         <v>173309</v>
       </c>
       <c r="J205" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K205" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="206" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A206" s="6"/>
       <c r="B206" s="8" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="C206" s="7"/>
       <c r="D206" s="9" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
       <c r="E206" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F206" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H206" s="7">
-        <v>562135</v>
+        <v>562132</v>
       </c>
       <c r="I206" s="7">
-        <v>173360</v>
+        <v>173309</v>
       </c>
       <c r="J206" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K206" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A207" s="6"/>
       <c r="B207" s="8" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="C207" s="7"/>
       <c r="D207" s="9" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="E207" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F207" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H207" s="7">
-        <v>562135</v>
+        <v>562132</v>
       </c>
       <c r="I207" s="7">
-        <v>173360</v>
+        <v>173309</v>
       </c>
       <c r="J207" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K207" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A208" s="6"/>
       <c r="B208" s="8" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="C208" s="7"/>
       <c r="D208" s="9" t="s">
-        <v>487</v>
+        <v>476</v>
       </c>
       <c r="E208" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F208" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H208" s="7">
         <v>562135</v>
       </c>
       <c r="I208" s="7">
         <v>173360</v>
       </c>
       <c r="J208" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K208" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A209" s="6"/>
       <c r="B209" s="8" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="C209" s="7"/>
       <c r="D209" s="9" t="s">
-        <v>489</v>
+        <v>478</v>
       </c>
       <c r="E209" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F209" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G209" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H209" s="7">
         <v>562135</v>
       </c>
       <c r="I209" s="7">
         <v>173360</v>
       </c>
       <c r="J209" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K209" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="210" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A210" s="6"/>
       <c r="B210" s="8" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="C210" s="7"/>
       <c r="D210" s="9" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="E210" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F210" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H210" s="7">
         <v>562135</v>
       </c>
       <c r="I210" s="7">
         <v>173360</v>
       </c>
       <c r="J210" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K210" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="211" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A211" s="6"/>
       <c r="B211" s="8" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="C211" s="7"/>
       <c r="D211" s="9" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="E211" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F211" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G211" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H211" s="7">
         <v>562135</v>
       </c>
       <c r="I211" s="7">
         <v>173360</v>
       </c>
       <c r="J211" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K211" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="212" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A212" s="6"/>
       <c r="B212" s="8" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="C212" s="7"/>
       <c r="D212" s="9" t="s">
-        <v>495</v>
+        <v>484</v>
       </c>
       <c r="E212" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F212" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G212" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H212" s="7">
         <v>562135</v>
       </c>
       <c r="I212" s="7">
         <v>173360</v>
       </c>
       <c r="J212" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K212" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="213" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A213" s="6"/>
       <c r="B213" s="8" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="C213" s="7"/>
       <c r="D213" s="9" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="E213" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F213" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G213" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H213" s="7">
         <v>562135</v>
       </c>
       <c r="I213" s="7">
         <v>173360</v>
       </c>
       <c r="J213" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K213" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="214" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A214" s="6"/>
       <c r="B214" s="8" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="C214" s="7"/>
       <c r="D214" s="9" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="E214" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F214" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H214" s="7">
         <v>562135</v>
       </c>
       <c r="I214" s="7">
         <v>173360</v>
       </c>
       <c r="J214" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K214" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A215" s="6"/>
       <c r="B215" s="8" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="C215" s="7"/>
       <c r="D215" s="9" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="E215" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F215" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G215" s="7" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H215" s="7">
         <v>562135</v>
       </c>
       <c r="I215" s="7">
         <v>173360</v>
       </c>
       <c r="J215" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K215" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="216" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A216" s="6"/>
       <c r="B216" s="8" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
       <c r="C216" s="7"/>
       <c r="D216" s="9" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="E216" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F216" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="7" t="s">
-        <v>432</v>
+        <v>460</v>
       </c>
       <c r="H216" s="7">
-        <v>562154</v>
+        <v>562135</v>
       </c>
       <c r="I216" s="7">
-        <v>173349</v>
+        <v>173360</v>
       </c>
       <c r="J216" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K216" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="217" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A217" s="6"/>
       <c r="B217" s="8" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="C217" s="7"/>
       <c r="D217" s="9" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
       <c r="E217" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F217" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="7" t="s">
-        <v>432</v>
+        <v>460</v>
       </c>
       <c r="H217" s="7">
-        <v>562154</v>
+        <v>562135</v>
       </c>
       <c r="I217" s="7">
-        <v>173349</v>
+        <v>173360</v>
       </c>
       <c r="J217" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K217" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="218" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A218" s="6"/>
       <c r="B218" s="8" t="s">
-        <v>506</v>
+        <v>495</v>
       </c>
       <c r="C218" s="7"/>
       <c r="D218" s="9" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="E218" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F218" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H218" s="7">
         <v>562154</v>
       </c>
       <c r="I218" s="7">
         <v>173349</v>
       </c>
       <c r="J218" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K218" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A219" s="6"/>
       <c r="B219" s="8" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="C219" s="7"/>
       <c r="D219" s="9" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="E219" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F219" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H219" s="7">
         <v>562154</v>
       </c>
       <c r="I219" s="7">
         <v>173349</v>
       </c>
       <c r="J219" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K219" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="220" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A220" s="6"/>
       <c r="B220" s="8" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="C220" s="7"/>
       <c r="D220" s="9" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="E220" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F220" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G220" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H220" s="7">
         <v>562154</v>
       </c>
       <c r="I220" s="7">
         <v>173349</v>
       </c>
       <c r="J220" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K220" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="221" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A221" s="6"/>
       <c r="B221" s="8" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="C221" s="7"/>
       <c r="D221" s="9" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="E221" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F221" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H221" s="7">
-        <v>562181</v>
+        <v>562154</v>
       </c>
       <c r="I221" s="7">
-        <v>173371</v>
+        <v>173349</v>
       </c>
       <c r="J221" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K221" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A222" s="6"/>
       <c r="B222" s="8" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="C222" s="7"/>
       <c r="D222" s="9" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="E222" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F222" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G222" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H222" s="7">
-        <v>562181</v>
+        <v>562154</v>
       </c>
       <c r="I222" s="7">
-        <v>173371</v>
+        <v>173349</v>
       </c>
       <c r="J222" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K222" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="223" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A223" s="6"/>
       <c r="B223" s="8" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
       <c r="C223" s="7"/>
       <c r="D223" s="9" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="E223" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F223" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G223" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H223" s="7">
         <v>562181</v>
       </c>
       <c r="I223" s="7">
         <v>173371</v>
       </c>
       <c r="J223" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K223" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="224" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A224" s="6"/>
-      <c r="B224" s="6">
-        <v>100062310925</v>
+      <c r="B224" s="8" t="s">
+        <v>507</v>
       </c>
       <c r="C224" s="7"/>
       <c r="D224" s="9" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="E224" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F224" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="7" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H224" s="7">
-        <v>562065</v>
+        <v>562181</v>
       </c>
       <c r="I224" s="7">
-        <v>173232</v>
+        <v>173371</v>
       </c>
       <c r="J224" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K224" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A225" s="6"/>
-      <c r="B225" s="6">
-        <v>100062310902</v>
+      <c r="B225" s="8" t="s">
+        <v>509</v>
       </c>
       <c r="C225" s="7"/>
       <c r="D225" s="9" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
       <c r="E225" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F225" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="7" t="s">
-        <v>520</v>
+        <v>425</v>
       </c>
       <c r="H225" s="7">
-        <v>562227</v>
+        <v>562181</v>
       </c>
       <c r="I225" s="7">
-        <v>173332</v>
+        <v>173371</v>
       </c>
       <c r="J225" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K225" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A226" s="6"/>
       <c r="B226" s="6">
-        <v>100062310903</v>
+        <v>100062310925</v>
       </c>
       <c r="C226" s="7"/>
       <c r="D226" s="9" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="E226" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F226" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="7" t="s">
-        <v>520</v>
+        <v>425</v>
       </c>
       <c r="H226" s="7">
-        <v>562219</v>
+        <v>562065</v>
       </c>
       <c r="I226" s="7">
-        <v>173279</v>
+        <v>173232</v>
       </c>
       <c r="J226" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K226" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="227" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A227" s="6"/>
       <c r="B227" s="6">
-        <v>100062310761</v>
+        <v>100062310902</v>
       </c>
       <c r="C227" s="7"/>
       <c r="D227" s="9" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="E227" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F227" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="7" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="H227" s="7">
-        <v>562252</v>
+        <v>562227</v>
       </c>
       <c r="I227" s="7">
-        <v>173254</v>
+        <v>173332</v>
       </c>
       <c r="J227" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K227" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="228" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A228" s="6"/>
       <c r="B228" s="6">
-        <v>100062310904</v>
+        <v>100062310903</v>
       </c>
       <c r="C228" s="7"/>
       <c r="D228" s="9" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="E228" s="7" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F228" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G228" s="7" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="H228" s="7">
-        <v>562302</v>
+        <v>562219</v>
       </c>
       <c r="I228" s="7">
-        <v>173319</v>
+        <v>173279</v>
       </c>
       <c r="J228" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K228" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="229" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A229" s="6"/>
-      <c r="B229" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B229" s="6">
+        <v>100062310761</v>
+      </c>
+      <c r="C229" s="7"/>
       <c r="D229" s="9" t="s">
-        <v>526</v>
+        <v>515</v>
       </c>
       <c r="E229" s="7" t="s">
-        <v>527</v>
+        <v>393</v>
       </c>
       <c r="F229" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G229" s="7" t="s">
-        <v>528</v>
+        <v>513</v>
       </c>
       <c r="H229" s="7">
-        <v>566073</v>
+        <v>562252</v>
       </c>
       <c r="I229" s="7">
-        <v>174038</v>
+        <v>173254</v>
       </c>
       <c r="J229" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K229" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="230" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A230" s="6"/>
-      <c r="B230" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B230" s="6">
+        <v>100062310904</v>
+      </c>
+      <c r="C230" s="7"/>
       <c r="D230" s="9" t="s">
-        <v>530</v>
+        <v>516</v>
       </c>
       <c r="E230" s="7" t="s">
-        <v>527</v>
+        <v>393</v>
       </c>
       <c r="F230" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G230" s="7" t="s">
-        <v>528</v>
+        <v>513</v>
       </c>
       <c r="H230" s="7">
-        <v>566115</v>
+        <v>562302</v>
       </c>
       <c r="I230" s="7">
-        <v>174056</v>
+        <v>173319</v>
       </c>
       <c r="J230" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K230" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="231" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A231" s="6"/>
       <c r="B231" s="8" t="s">
-        <v>531</v>
+        <v>517</v>
       </c>
       <c r="C231" s="7" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="D231" s="9" t="s">
-        <v>532</v>
+        <v>519</v>
       </c>
       <c r="E231" s="7" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="F231" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G231" s="7" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="H231" s="7">
-        <v>566135</v>
+        <v>566073</v>
       </c>
       <c r="I231" s="7">
-        <v>174061</v>
+        <v>174038</v>
       </c>
       <c r="J231" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K231" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="232" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A232" s="6"/>
       <c r="B232" s="8" t="s">
-        <v>533</v>
+        <v>522</v>
       </c>
       <c r="C232" s="7" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="D232" s="9" t="s">
-        <v>534</v>
+        <v>523</v>
       </c>
       <c r="E232" s="7" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="F232" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G232" s="7" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="H232" s="7">
-        <v>566154</v>
+        <v>566115</v>
       </c>
       <c r="I232" s="7">
-        <v>174069</v>
+        <v>174056</v>
       </c>
       <c r="J232" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K232" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="233" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A233" s="6"/>
       <c r="B233" s="8" t="s">
-        <v>535</v>
+        <v>524</v>
       </c>
       <c r="C233" s="7" t="s">
+        <v>518</v>
+      </c>
+      <c r="D233" s="9" t="s">
         <v>525</v>
       </c>
-      <c r="D233" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E233" s="7" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="F233" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G233" s="7" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="H233" s="7">
-        <v>566210</v>
+        <v>566135</v>
       </c>
       <c r="I233" s="7">
-        <v>174105</v>
+        <v>174061</v>
       </c>
       <c r="J233" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K233" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A234" s="6"/>
       <c r="B234" s="8" t="s">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="C234" s="7" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="D234" s="9" t="s">
-        <v>538</v>
+        <v>527</v>
       </c>
       <c r="E234" s="7" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="F234" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G234" s="7" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="H234" s="7">
-        <v>566295</v>
+        <v>566154</v>
       </c>
       <c r="I234" s="7">
-        <v>174107</v>
+        <v>174069</v>
       </c>
       <c r="J234" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K234" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="235" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A235" s="6"/>
       <c r="B235" s="8" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="C235" s="7" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="D235" s="9" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="E235" s="7" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="F235" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G235" s="7" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="H235" s="7">
-        <v>566320</v>
+        <v>566210</v>
       </c>
       <c r="I235" s="7">
-        <v>174100</v>
+        <v>174105</v>
       </c>
       <c r="J235" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K235" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A236" s="6"/>
       <c r="B236" s="8" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="C236" s="7" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="D236" s="9" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="E236" s="7" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="F236" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G236" s="7" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="H236" s="7">
+        <v>566295</v>
+      </c>
+      <c r="I236" s="7">
+        <v>174107</v>
+      </c>
+      <c r="J236" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K236" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A237" s="6"/>
+      <c r="B237" s="8" t="s">
+        <v>532</v>
+      </c>
+      <c r="C237" s="7" t="s">
+        <v>518</v>
+      </c>
+      <c r="D237" s="9" t="s">
+        <v>533</v>
+      </c>
+      <c r="E237" s="7" t="s">
+        <v>520</v>
+      </c>
+      <c r="F237" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G237" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="H237" s="7">
+        <v>566320</v>
+      </c>
+      <c r="I237" s="7">
+        <v>174100</v>
+      </c>
+      <c r="J237" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K237" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A238" s="6"/>
+      <c r="B238" s="8" t="s">
+        <v>534</v>
+      </c>
+      <c r="C238" s="7" t="s">
+        <v>518</v>
+      </c>
+      <c r="D238" s="9" t="s">
+        <v>535</v>
+      </c>
+      <c r="E238" s="7" t="s">
+        <v>520</v>
+      </c>
+      <c r="F238" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G238" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="H238" s="7">
         <v>566339</v>
       </c>
-      <c r="I236" s="7">
+      <c r="I238" s="7">
         <v>174125</v>
       </c>
-      <c r="J236" s="7" t="s">
-[...7 lines deleted...]
-      <c r="B237" s="6">
+      <c r="J238" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K238" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B239" s="6">
         <v>100062668912</v>
       </c>
-      <c r="C237" s="7" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="7" t="s">
+      <c r="C239" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="E239" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="F237" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G237" s="7" t="s">
+      <c r="F239" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G239" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="H237" s="7">
+      <c r="H239" s="7">
         <v>562438</v>
       </c>
-      <c r="I237" s="7">
+      <c r="I239" s="7">
         <v>173335</v>
       </c>
-      <c r="J237" s="7" t="s">
+      <c r="J239" s="7" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>318</v>
       </c>
       <c r="K239" s="7" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="240" spans="1:11" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-      </c>
+    <row r="240" spans="1:11" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="4" t="s">
+        <v>537</v>
+      </c>
+      <c r="B240" s="4"/>
+      <c r="C240" s="4"/>
+      <c r="D240" s="4"/>
+      <c r="E240" s="4"/>
+      <c r="F240" s="4"/>
+      <c r="G240" s="4"/>
+      <c r="H240" s="4"/>
+      <c r="I240" s="4"/>
+      <c r="J240" s="4"/>
+      <c r="K240" s="4"/>
     </row>
     <row r="241" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A241" s="6"/>
       <c r="B241" s="6">
-        <v>100062311722</v>
-[...3 lines deleted...]
-      </c>
+        <v>100062620846</v>
+      </c>
+      <c r="C241" s="7"/>
       <c r="D241" s="9"/>
       <c r="E241" s="7" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="F241" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G241" s="7" t="s">
-        <v>550</v>
+        <v>539</v>
       </c>
       <c r="H241" s="7">
-        <v>564803</v>
+        <v>565175</v>
       </c>
       <c r="I241" s="7">
-        <v>173711</v>
+        <v>173547</v>
       </c>
       <c r="J241" s="7" t="s">
-        <v>21</v>
+        <v>311</v>
       </c>
       <c r="K241" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="242" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A242" s="6"/>
       <c r="B242" s="6">
-        <v>100062311723</v>
+        <v>100062311727</v>
       </c>
       <c r="C242" s="7" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="D242" s="9"/>
       <c r="E242" s="7" t="s">
-        <v>552</v>
+        <v>49</v>
       </c>
       <c r="F242" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G242" s="7" t="s">
-        <v>553</v>
+        <v>50</v>
       </c>
       <c r="H242" s="7">
-        <v>565143</v>
+        <v>564879</v>
       </c>
       <c r="I242" s="7">
-        <v>173642</v>
+        <v>173487</v>
       </c>
       <c r="J242" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K242" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="243" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A243" s="6"/>
       <c r="B243" s="6">
-        <v>100062311273</v>
+        <v>100062311722</v>
       </c>
       <c r="C243" s="7" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="D243" s="9"/>
       <c r="E243" s="7" t="s">
-        <v>326</v>
+        <v>542</v>
       </c>
       <c r="F243" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G243" s="7" t="s">
-        <v>327</v>
+        <v>543</v>
       </c>
       <c r="H243" s="7">
-        <v>562427</v>
+        <v>564803</v>
       </c>
       <c r="I243" s="7">
-        <v>174177</v>
+        <v>173711</v>
       </c>
       <c r="J243" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K243" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="244" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A244" s="6"/>
       <c r="B244" s="6">
-        <v>100062311275</v>
+        <v>100062311723</v>
       </c>
       <c r="C244" s="7" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="D244" s="9"/>
       <c r="E244" s="7" t="s">
-        <v>206</v>
+        <v>545</v>
       </c>
       <c r="F244" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G244" s="7" t="s">
-        <v>207</v>
+        <v>546</v>
       </c>
       <c r="H244" s="7">
-        <v>561656</v>
+        <v>565143</v>
       </c>
       <c r="I244" s="7">
-        <v>174671</v>
+        <v>173642</v>
       </c>
       <c r="J244" s="7" t="s">
-        <v>318</v>
+        <v>21</v>
       </c>
       <c r="K244" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="245" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A245" s="6"/>
       <c r="B245" s="6">
-        <v>100062310756</v>
+        <v>100062311273</v>
       </c>
       <c r="C245" s="7" t="s">
-        <v>555</v>
+        <v>540</v>
       </c>
       <c r="D245" s="9"/>
       <c r="E245" s="7" t="s">
-        <v>556</v>
+        <v>319</v>
       </c>
       <c r="F245" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G245" s="7" t="s">
-        <v>557</v>
+        <v>320</v>
       </c>
       <c r="H245" s="7">
-        <v>564003</v>
+        <v>562427</v>
       </c>
       <c r="I245" s="7">
-        <v>172366</v>
+        <v>174177</v>
       </c>
       <c r="J245" s="7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="K245" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="246" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A246" s="6"/>
       <c r="B246" s="6">
-        <v>10006261233</v>
+        <v>100062311275</v>
       </c>
       <c r="C246" s="7" t="s">
-        <v>789</v>
+        <v>547</v>
       </c>
       <c r="D246" s="9"/>
       <c r="E246" s="7" t="s">
-        <v>12</v>
+        <v>206</v>
       </c>
       <c r="F246" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G246" s="7" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="H246" s="7">
-        <v>562498</v>
+        <v>561656</v>
       </c>
       <c r="I246" s="7">
-        <v>173240</v>
+        <v>174671</v>
       </c>
       <c r="J246" s="7" t="s">
-        <v>15</v>
+        <v>311</v>
       </c>
       <c r="K246" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="247" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A247" s="6"/>
       <c r="B247" s="6">
-        <v>100062312650</v>
+        <v>100062310756</v>
       </c>
       <c r="C247" s="7" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="D247" s="9"/>
       <c r="E247" s="7" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="F247" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G247" s="7" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="H247" s="7">
-        <v>566888</v>
+        <v>564003</v>
       </c>
       <c r="I247" s="7">
-        <v>172215</v>
+        <v>172366</v>
       </c>
       <c r="J247" s="7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="K247" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="248" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A248" s="6"/>
       <c r="B248" s="6">
-        <v>10012013744</v>
+        <v>10006261233</v>
       </c>
       <c r="C248" s="7" t="s">
-        <v>561</v>
+        <v>782</v>
       </c>
       <c r="D248" s="9"/>
       <c r="E248" s="7" t="s">
-        <v>209</v>
+        <v>12</v>
       </c>
       <c r="F248" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G248" s="7" t="s">
-        <v>210</v>
+        <v>14</v>
       </c>
       <c r="H248" s="7">
-        <v>566755</v>
+        <v>562498</v>
       </c>
       <c r="I248" s="7">
-        <v>171533</v>
+        <v>173240</v>
       </c>
       <c r="J248" s="7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="K248" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="249" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A249" s="6"/>
       <c r="B249" s="6">
-        <v>100062312631</v>
+        <v>100062312650</v>
       </c>
       <c r="C249" s="7" t="s">
-        <v>562</v>
+        <v>551</v>
       </c>
       <c r="D249" s="9"/>
       <c r="E249" s="7" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="F249" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G249" s="7" t="s">
-        <v>564</v>
+        <v>553</v>
       </c>
       <c r="H249" s="7">
-        <v>566095</v>
+        <v>566888</v>
       </c>
       <c r="I249" s="7">
-        <v>172646</v>
+        <v>172215</v>
       </c>
       <c r="J249" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K249" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="250" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A250" s="6"/>
-      <c r="B250" s="8" t="s">
-        <v>565</v>
+      <c r="B250" s="6">
+        <v>10012013744</v>
       </c>
       <c r="C250" s="7" t="s">
-        <v>566</v>
+        <v>554</v>
       </c>
       <c r="D250" s="9"/>
       <c r="E250" s="7" t="s">
-        <v>567</v>
+        <v>209</v>
       </c>
       <c r="F250" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G250" s="7" t="s">
-        <v>568</v>
+        <v>210</v>
       </c>
       <c r="H250" s="7">
-        <v>563227</v>
+        <v>566755</v>
       </c>
       <c r="I250" s="7">
-        <v>172986</v>
+        <v>171533</v>
       </c>
       <c r="J250" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K250" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="251" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A251" s="6"/>
       <c r="B251" s="6">
-        <v>100062312194</v>
+        <v>100062312631</v>
       </c>
       <c r="C251" s="7" t="s">
-        <v>569</v>
+        <v>555</v>
       </c>
       <c r="D251" s="9"/>
       <c r="E251" s="7" t="s">
-        <v>133</v>
+        <v>556</v>
       </c>
       <c r="F251" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G251" s="7" t="s">
-        <v>570</v>
+        <v>557</v>
       </c>
       <c r="H251" s="7">
-        <v>565618</v>
+        <v>566095</v>
       </c>
       <c r="I251" s="7">
-        <v>174300</v>
+        <v>172646</v>
       </c>
       <c r="J251" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K251" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="252" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A252" s="6"/>
       <c r="B252" s="8" t="s">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="C252" s="7" t="s">
-        <v>572</v>
+        <v>559</v>
       </c>
       <c r="D252" s="9"/>
       <c r="E252" s="7" t="s">
-        <v>573</v>
+        <v>560</v>
       </c>
       <c r="F252" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G252" s="7" t="s">
-        <v>574</v>
+        <v>561</v>
       </c>
       <c r="H252" s="7">
-        <v>565025</v>
+        <v>563227</v>
       </c>
       <c r="I252" s="7">
-        <v>174079</v>
+        <v>172986</v>
       </c>
       <c r="J252" s="7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="K252" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="253" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A253" s="6"/>
       <c r="B253" s="6">
-        <v>100062310290</v>
+        <v>100062312194</v>
       </c>
       <c r="C253" s="7" t="s">
-        <v>575</v>
+        <v>562</v>
       </c>
       <c r="D253" s="9"/>
       <c r="E253" s="7" t="s">
-        <v>576</v>
+        <v>133</v>
       </c>
       <c r="F253" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G253" s="7" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="H253" s="7">
-        <v>564858</v>
+        <v>565618</v>
       </c>
       <c r="I253" s="7">
-        <v>174256</v>
+        <v>174300</v>
       </c>
       <c r="J253" s="7" t="s">
-        <v>578</v>
+        <v>21</v>
       </c>
       <c r="K253" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="254" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A254" s="6"/>
       <c r="B254" s="8" t="s">
-        <v>579</v>
+        <v>564</v>
       </c>
       <c r="C254" s="7" t="s">
-        <v>580</v>
+        <v>565</v>
       </c>
       <c r="D254" s="9"/>
       <c r="E254" s="7" t="s">
-        <v>581</v>
+        <v>566</v>
       </c>
       <c r="F254" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G254" s="7" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="H254" s="7">
-        <v>564915</v>
+        <v>565025</v>
       </c>
       <c r="I254" s="7">
-        <v>174410</v>
+        <v>174079</v>
       </c>
       <c r="J254" s="7" t="s">
-        <v>318</v>
+        <v>15</v>
       </c>
       <c r="K254" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="255" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A255" s="6"/>
       <c r="B255" s="6">
-        <v>100062620850</v>
+        <v>100062310290</v>
       </c>
       <c r="C255" s="7" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="D255" s="9"/>
       <c r="E255" s="7" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="F255" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G255" s="7" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="H255" s="7">
-        <v>564800</v>
+        <v>564858</v>
       </c>
       <c r="I255" s="7">
-        <v>174324</v>
+        <v>174256</v>
       </c>
       <c r="J255" s="7" t="s">
-        <v>21</v>
+        <v>571</v>
       </c>
       <c r="K255" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="256" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A256" s="6"/>
       <c r="B256" s="8" t="s">
-        <v>585</v>
+        <v>572</v>
       </c>
       <c r="C256" s="7" t="s">
-        <v>586</v>
+        <v>573</v>
       </c>
       <c r="D256" s="9"/>
       <c r="E256" s="7" t="s">
-        <v>30</v>
+        <v>574</v>
       </c>
       <c r="F256" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G256" s="7" t="s">
-        <v>31</v>
+        <v>570</v>
       </c>
       <c r="H256" s="7">
-        <v>567048</v>
+        <v>564915</v>
       </c>
       <c r="I256" s="7">
-        <v>171694</v>
+        <v>174410</v>
       </c>
       <c r="J256" s="7" t="s">
-        <v>21</v>
+        <v>311</v>
       </c>
       <c r="K256" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="257" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B257" s="14">
-        <v>200000544048</v>
+      <c r="A257" s="6"/>
+      <c r="B257" s="6">
+        <v>100062620850</v>
       </c>
       <c r="C257" s="7" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>575</v>
+      </c>
+      <c r="D257" s="9">
+        <v>1</v>
       </c>
       <c r="E257" s="7" t="s">
-        <v>589</v>
+        <v>576</v>
       </c>
       <c r="F257" s="7" t="s">
-        <v>590</v>
+        <v>19</v>
       </c>
       <c r="G257" s="7" t="s">
-        <v>591</v>
-[...5 lines deleted...]
-        <v>174112</v>
+        <v>577</v>
+      </c>
+      <c r="H257" s="7">
+        <v>564800</v>
+      </c>
+      <c r="I257" s="7">
+        <v>174324</v>
       </c>
       <c r="J257" s="7" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="K257" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="258" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B258" s="14">
-[...5 lines deleted...]
-      </c>
+      <c r="A258" s="6"/>
+      <c r="B258" s="8" t="s">
+        <v>578</v>
+      </c>
+      <c r="C258" s="7" t="s">
+        <v>579</v>
+      </c>
+      <c r="D258" s="9"/>
       <c r="E258" s="7" t="s">
-        <v>222</v>
+        <v>30</v>
       </c>
       <c r="F258" s="7" t="s">
-        <v>593</v>
+        <v>19</v>
       </c>
       <c r="G258" s="7" t="s">
-        <v>594</v>
-[...5 lines deleted...]
-        <v>163678</v>
+        <v>31</v>
+      </c>
+      <c r="H258" s="7">
+        <v>567048</v>
+      </c>
+      <c r="I258" s="7">
+        <v>171694</v>
       </c>
       <c r="J258" s="7" t="s">
         <v>21</v>
       </c>
       <c r="K258" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="259" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A259" s="6"/>
       <c r="B259" s="14">
+        <v>200000544048</v>
+      </c>
+      <c r="C259" s="7" t="s">
+        <v>580</v>
+      </c>
+      <c r="D259" s="9" t="s">
+        <v>581</v>
+      </c>
+      <c r="E259" s="7" t="s">
+        <v>582</v>
+      </c>
+      <c r="F259" s="7" t="s">
+        <v>583</v>
+      </c>
+      <c r="G259" s="7" t="s">
+        <v>584</v>
+      </c>
+      <c r="H259" s="15">
+        <v>554025</v>
+      </c>
+      <c r="I259" s="15">
+        <v>174112</v>
+      </c>
+      <c r="J259" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="K259" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B260" s="14">
+        <v>100062376266</v>
+      </c>
+      <c r="C260" s="7"/>
+      <c r="D260" s="9" t="s">
+        <v>585</v>
+      </c>
+      <c r="E260" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="F260" s="7" t="s">
+        <v>586</v>
+      </c>
+      <c r="G260" s="7" t="s">
+        <v>587</v>
+      </c>
+      <c r="H260" s="15">
+        <v>590509</v>
+      </c>
+      <c r="I260" s="15">
+        <v>163678</v>
+      </c>
+      <c r="J260" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K260" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A261" s="6"/>
+      <c r="B261" s="14">
         <v>200000901171</v>
       </c>
-      <c r="C259" s="7" t="s">
-[...12 lines deleted...]
-      <c r="H259" s="15">
+      <c r="C261" s="7" t="s">
+        <v>588</v>
+      </c>
+      <c r="D261" s="9"/>
+      <c r="E261" s="7" t="s">
+        <v>589</v>
+      </c>
+      <c r="F261" s="7" t="s">
+        <v>590</v>
+      </c>
+      <c r="G261" s="7" t="s">
+        <v>591</v>
+      </c>
+      <c r="H261" s="15">
         <v>579431</v>
       </c>
-      <c r="I259" s="15">
+      <c r="I261" s="15">
         <v>165806</v>
       </c>
-      <c r="J259" s="7" t="s">
+      <c r="J261" s="7" t="s">
         <v>287</v>
       </c>
-      <c r="K259" s="7" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="K261" s="7" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="262" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B262" s="8" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A262" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="B262" s="4"/>
+      <c r="C262" s="4"/>
+      <c r="D262" s="4"/>
+      <c r="E262" s="4"/>
+      <c r="F262" s="4"/>
+      <c r="G262" s="4"/>
+      <c r="H262" s="4"/>
+      <c r="I262" s="4"/>
+      <c r="J262" s="4"/>
+      <c r="K262" s="4"/>
     </row>
     <row r="263" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B263" s="8" t="s">
-        <v>790</v>
+        <v>593</v>
       </c>
       <c r="C263" s="7" t="s">
-        <v>791</v>
+        <v>594</v>
       </c>
       <c r="E263" s="7" t="s">
-        <v>142</v>
+        <v>595</v>
       </c>
       <c r="F263" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G263" s="7" t="s">
-        <v>143</v>
+        <v>596</v>
       </c>
       <c r="H263" s="7">
-        <v>565216</v>
+        <v>566843</v>
       </c>
       <c r="I263" s="7">
-        <v>174070</v>
+        <v>173724</v>
       </c>
       <c r="J263" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K263" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="264" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B264" s="8" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="C264" s="7" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="E264" s="7" t="s">
-        <v>372</v>
+        <v>595</v>
       </c>
       <c r="F264" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G264" s="7" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="H264" s="7">
-        <v>563176</v>
+        <v>566691</v>
       </c>
       <c r="I264" s="7">
-        <v>172130</v>
+        <v>173760</v>
       </c>
       <c r="J264" s="7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="K264" s="7" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="265" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B265" s="8" t="s">
-        <v>610</v>
+        <v>783</v>
+      </c>
+      <c r="C265" s="7" t="s">
+        <v>784</v>
       </c>
       <c r="E265" s="7" t="s">
-        <v>380</v>
+        <v>142</v>
       </c>
       <c r="F265" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G265" s="7" t="s">
-        <v>381</v>
+        <v>143</v>
       </c>
       <c r="H265" s="7">
-        <v>566180</v>
+        <v>565216</v>
       </c>
       <c r="I265" s="7">
-        <v>173200</v>
+        <v>174070</v>
       </c>
       <c r="J265" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K265" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="266" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B266" s="8" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="C266" s="7" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
       <c r="E266" s="7" t="s">
+        <v>365</v>
+      </c>
+      <c r="F266" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G266" s="7" t="s">
         <v>602</v>
       </c>
-      <c r="F266" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H266" s="7">
-        <v>566442</v>
+        <v>563176</v>
       </c>
       <c r="I266" s="7">
-        <v>173769</v>
+        <v>172130</v>
       </c>
       <c r="J266" s="7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="K266" s="7" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
     </row>
     <row r="267" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B267" s="8" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>603</v>
       </c>
       <c r="E267" s="7" t="s">
-        <v>616</v>
+        <v>373</v>
       </c>
       <c r="F267" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G267" s="7" t="s">
-        <v>617</v>
+        <v>374</v>
       </c>
       <c r="H267" s="7">
-        <v>565591</v>
+        <v>566180</v>
       </c>
       <c r="I267" s="7">
-        <v>171519</v>
+        <v>173200</v>
       </c>
       <c r="J267" s="7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="K267" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="268" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A268" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K268" s="4"/>
+      <c r="B268" s="8" t="s">
+        <v>604</v>
+      </c>
+      <c r="C268" s="7" t="s">
+        <v>605</v>
+      </c>
+      <c r="E268" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="F268" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G268" s="7" t="s">
+        <v>606</v>
+      </c>
+      <c r="H268" s="7">
+        <v>566442</v>
+      </c>
+      <c r="I268" s="7">
+        <v>173769</v>
+      </c>
+      <c r="J268" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="K268" s="7" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="269" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B269" s="8" t="s">
-        <v>619</v>
+        <v>607</v>
+      </c>
+      <c r="C269" s="7" t="s">
+        <v>608</v>
       </c>
       <c r="E269" s="7" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="F269" s="7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G269" s="7" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="H269" s="7">
+        <v>565591</v>
+      </c>
+      <c r="I269" s="7">
+        <v>171519</v>
+      </c>
+      <c r="J269" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K269" s="7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A270" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="B270" s="4"/>
+      <c r="C270" s="4"/>
+      <c r="D270" s="4"/>
+      <c r="E270" s="4"/>
+      <c r="F270" s="4"/>
+      <c r="G270" s="4"/>
+      <c r="H270" s="4"/>
+      <c r="I270" s="4"/>
+      <c r="J270" s="4"/>
+      <c r="K270" s="4"/>
+    </row>
+    <row r="271" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B271" s="8" t="s">
+        <v>612</v>
+      </c>
+      <c r="E271" s="7" t="s">
+        <v>613</v>
+      </c>
+      <c r="F271" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G271" s="7" t="s">
+        <v>614</v>
+      </c>
+      <c r="H271" s="7">
         <v>562678</v>
       </c>
-      <c r="I269" s="7">
+      <c r="I271" s="7">
         <v>173732</v>
       </c>
-      <c r="J269" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K269" s="7" t="s">
+      <c r="J271" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K271" s="7" t="s">
         <v>51</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      <c r="K271" s="4"/>
     </row>
     <row r="272" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B272" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="E272" s="7" t="s">
+        <v>616</v>
+      </c>
+      <c r="F272" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G272" s="7" t="s">
+        <v>617</v>
+      </c>
+      <c r="H272" s="7">
+        <v>564392</v>
+      </c>
+      <c r="I272" s="7">
+        <v>173680</v>
+      </c>
+      <c r="J272" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K272" s="7" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A273" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="B273" s="4"/>
+      <c r="C273" s="4"/>
+      <c r="D273" s="4"/>
+      <c r="E273" s="4"/>
+      <c r="F273" s="4"/>
+      <c r="G273" s="4"/>
+      <c r="H273" s="4"/>
+      <c r="I273" s="4"/>
+      <c r="J273" s="4"/>
+      <c r="K273" s="4"/>
+    </row>
+    <row r="274" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B274" s="8" t="s">
+        <v>619</v>
+      </c>
+      <c r="E274" s="7" t="s">
+        <v>620</v>
+      </c>
+      <c r="F274" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G274" s="7" t="s">
+        <v>621</v>
+      </c>
+      <c r="H274" s="7">
+        <v>563922</v>
+      </c>
+      <c r="I274" s="7">
+        <v>171821</v>
+      </c>
+      <c r="J274" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K274" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B275" s="8" t="s">
+        <v>622</v>
+      </c>
+      <c r="E275" s="7" t="s">
+        <v>623</v>
+      </c>
+      <c r="F275" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G275" s="7" t="s">
+        <v>624</v>
+      </c>
+      <c r="H275" s="7">
+        <v>563590</v>
+      </c>
+      <c r="I275" s="7">
+        <v>172711</v>
+      </c>
+      <c r="J275" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K275" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B276" s="8" t="s">
+        <v>625</v>
+      </c>
+      <c r="E276" s="7" t="s">
         <v>626</v>
       </c>
-      <c r="E272" s="7" t="s">
+      <c r="F276" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G276" s="7" t="s">
         <v>627</v>
       </c>
-      <c r="F272" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G272" s="7" t="s">
+      <c r="H276" s="7">
+        <v>563685</v>
+      </c>
+      <c r="I276" s="7">
+        <v>172972</v>
+      </c>
+      <c r="J276" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K276" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B277" s="8" t="s">
         <v>628</v>
       </c>
-      <c r="H272" s="7">
-[...13 lines deleted...]
-      <c r="B273" s="8" t="s">
+      <c r="E277" s="7" t="s">
         <v>629</v>
       </c>
-      <c r="E273" s="7" t="s">
+      <c r="F277" s="7" t="s">
         <v>630</v>
       </c>
-      <c r="F273" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G273" s="7" t="s">
+      <c r="G277" s="7" t="s">
         <v>631</v>
       </c>
-      <c r="H273" s="7">
-[...13 lines deleted...]
-      <c r="B274" s="8" t="s">
+      <c r="H277" s="7">
+        <v>570844</v>
+      </c>
+      <c r="I277" s="7">
+        <v>171157</v>
+      </c>
+      <c r="J277" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K277" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B278" s="8" t="s">
         <v>632</v>
       </c>
-      <c r="E274" s="7" t="s">
+      <c r="E278" s="7" t="s">
         <v>633</v>
       </c>
-      <c r="F274" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G274" s="7" t="s">
+      <c r="F278" s="7" t="s">
+        <v>630</v>
+      </c>
+      <c r="G278" s="7" t="s">
         <v>634</v>
       </c>
-      <c r="H274" s="7">
-[...13 lines deleted...]
-      <c r="B275" s="8" t="s">
+      <c r="H278" s="7">
+        <v>571018</v>
+      </c>
+      <c r="I278" s="7">
+        <v>171280</v>
+      </c>
+      <c r="J278" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K278" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B279" s="8" t="s">
         <v>635</v>
       </c>
-      <c r="E275" s="7" t="s">
+      <c r="E279" s="7" t="s">
         <v>636</v>
       </c>
-      <c r="F275" s="7" t="s">
+      <c r="F279" s="7" t="s">
+        <v>630</v>
+      </c>
+      <c r="G279" s="7" t="s">
         <v>637</v>
       </c>
-      <c r="G275" s="7" t="s">
+      <c r="H279" s="7">
+        <v>571237</v>
+      </c>
+      <c r="I279" s="7">
+        <v>171651</v>
+      </c>
+      <c r="J279" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K279" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B280" s="8" t="s">
         <v>638</v>
       </c>
-      <c r="H275" s="7">
-[...13 lines deleted...]
-      <c r="B276" s="8" t="s">
+      <c r="E280" s="7" t="s">
         <v>639</v>
-      </c>
-[...111 lines deleted...]
-        <v>650</v>
       </c>
       <c r="F280" s="7" t="s">
         <v>79</v>
       </c>
       <c r="G280" s="7" t="s">
-        <v>651</v>
+        <v>640</v>
       </c>
       <c r="H280" s="7">
-        <v>564180</v>
+        <v>564562</v>
       </c>
       <c r="I280" s="7">
-        <v>166997</v>
+        <v>165910</v>
       </c>
       <c r="J280" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K280" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="281" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B281" s="8" t="s">
-        <v>654</v>
+        <v>641</v>
       </c>
       <c r="D281" s="9" t="s">
-        <v>655</v>
+        <v>642</v>
       </c>
       <c r="E281" s="7" t="s">
-        <v>656</v>
+        <v>643</v>
       </c>
       <c r="F281" s="7" t="s">
         <v>79</v>
       </c>
       <c r="G281" s="7" t="s">
-        <v>657</v>
+        <v>644</v>
       </c>
       <c r="H281" s="7">
-        <v>564376</v>
+        <v>564233</v>
       </c>
       <c r="I281" s="7">
-        <v>166744</v>
+        <v>166852</v>
       </c>
       <c r="J281" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K281" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="282" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B282" s="8" t="s">
-        <v>658</v>
+        <v>645</v>
+      </c>
+      <c r="D282" s="9" t="s">
+        <v>646</v>
       </c>
       <c r="E282" s="7" t="s">
-        <v>659</v>
+        <v>643</v>
       </c>
       <c r="F282" s="7" t="s">
         <v>79</v>
       </c>
       <c r="G282" s="7" t="s">
-        <v>660</v>
+        <v>644</v>
       </c>
       <c r="H282" s="7">
+        <v>564180</v>
+      </c>
+      <c r="I282" s="7">
+        <v>166997</v>
+      </c>
+      <c r="J282" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K282" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B283" s="8" t="s">
+        <v>647</v>
+      </c>
+      <c r="D283" s="9" t="s">
+        <v>648</v>
+      </c>
+      <c r="E283" s="7" t="s">
+        <v>649</v>
+      </c>
+      <c r="F283" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="G283" s="7" t="s">
+        <v>650</v>
+      </c>
+      <c r="H283" s="7">
+        <v>564376</v>
+      </c>
+      <c r="I283" s="7">
+        <v>166744</v>
+      </c>
+      <c r="J283" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K283" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B284" s="8" t="s">
+        <v>651</v>
+      </c>
+      <c r="E284" s="7" t="s">
+        <v>652</v>
+      </c>
+      <c r="F284" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="G284" s="7" t="s">
+        <v>653</v>
+      </c>
+      <c r="H284" s="7">
         <v>564339</v>
       </c>
-      <c r="I282" s="7">
+      <c r="I284" s="7">
         <v>167059</v>
       </c>
-      <c r="J282" s="7" t="s">
-[...19 lines deleted...]
-      <c r="H283" s="7">
+      <c r="J284" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K284" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B285" s="8" t="s">
+        <v>654</v>
+      </c>
+      <c r="E285" s="7" t="s">
+        <v>655</v>
+      </c>
+      <c r="F285" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G285" s="7" t="s">
+        <v>656</v>
+      </c>
+      <c r="H285" s="7">
         <v>562098</v>
       </c>
-      <c r="I283" s="7">
+      <c r="I285" s="7">
         <v>174226</v>
       </c>
-      <c r="J283" s="7" t="s">
-[...56 lines deleted...]
-      </c>
       <c r="J285" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K285" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="286" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B286" s="8" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="D286" s="9" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="E286" s="7" t="s">
         <v>200</v>
       </c>
       <c r="F286" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G286" s="7" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="H286" s="7">
+        <v>563496</v>
+      </c>
+      <c r="I286" s="7">
+        <v>174154</v>
+      </c>
+      <c r="J286" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K286" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B287" s="8" t="s">
+        <v>660</v>
+      </c>
+      <c r="D287" s="9" t="s">
+        <v>661</v>
+      </c>
+      <c r="E287" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="F287" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G287" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="H287" s="7">
+        <v>563591</v>
+      </c>
+      <c r="I287" s="7">
+        <v>174181</v>
+      </c>
+      <c r="J287" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K287" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B288" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="D288" s="9" t="s">
+        <v>663</v>
+      </c>
+      <c r="E288" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="F288" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G288" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="H288" s="7">
         <v>563415</v>
       </c>
-      <c r="I286" s="7">
+      <c r="I288" s="7">
         <v>174151</v>
       </c>
-      <c r="J286" s="7" t="s">
-[...50 lines deleted...]
-      </c>
       <c r="J288" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K288" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="289" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B289" s="8" t="s">
-        <v>678</v>
+        <v>665</v>
       </c>
       <c r="E289" s="7" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="F289" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="7" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="H289" s="7">
-        <v>561920</v>
+        <v>561912</v>
       </c>
       <c r="I289" s="7">
-        <v>174461</v>
+        <v>174523</v>
       </c>
       <c r="J289" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K289" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="290" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B290" s="8" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>680</v>
+        <v>668</v>
       </c>
       <c r="E290" s="7" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="F290" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="7" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="H290" s="7">
-        <v>561857</v>
+        <v>561928</v>
       </c>
       <c r="I290" s="7">
-        <v>174469</v>
+        <v>174501</v>
       </c>
       <c r="J290" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K290" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="291" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B291" s="8" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>671</v>
       </c>
       <c r="E291" s="7" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="F291" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G291" s="7" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="H291" s="7">
-        <v>561829</v>
+        <v>561920</v>
       </c>
       <c r="I291" s="7">
-        <v>174517</v>
+        <v>174461</v>
       </c>
       <c r="J291" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K291" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="292" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A292" s="6"/>
       <c r="B292" s="8" t="s">
-        <v>685</v>
+        <v>672</v>
+      </c>
+      <c r="D292" s="9" t="s">
+        <v>673</v>
       </c>
       <c r="E292" s="7" t="s">
-        <v>335</v>
+        <v>674</v>
       </c>
       <c r="F292" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G292" s="7" t="s">
-        <v>336</v>
+        <v>675</v>
       </c>
       <c r="H292" s="7">
-        <v>562614</v>
+        <v>561857</v>
       </c>
       <c r="I292" s="7">
-        <v>173830</v>
+        <v>174469</v>
       </c>
       <c r="J292" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K292" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B293" s="8" t="s">
-        <v>686</v>
+        <v>676</v>
+      </c>
+      <c r="D293" s="9" t="s">
+        <v>677</v>
       </c>
       <c r="E293" s="7" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="F293" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G293" s="7" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
       <c r="H293" s="7">
-        <v>563470</v>
+        <v>561829</v>
       </c>
       <c r="I293" s="7">
-        <v>172170</v>
+        <v>174517</v>
       </c>
       <c r="J293" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K293" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A294" s="6"/>
       <c r="B294" s="8" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="E294" s="7" t="s">
-        <v>690</v>
+        <v>328</v>
       </c>
       <c r="F294" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G294" s="7" t="s">
-        <v>691</v>
+        <v>329</v>
       </c>
       <c r="H294" s="7">
-        <v>563411</v>
+        <v>562614</v>
       </c>
       <c r="I294" s="7">
-        <v>172130</v>
+        <v>173830</v>
       </c>
       <c r="J294" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K294" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="295" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B295" s="8" t="s">
-        <v>692</v>
+        <v>679</v>
       </c>
       <c r="E295" s="7" t="s">
-        <v>693</v>
+        <v>680</v>
       </c>
       <c r="F295" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G295" s="7" t="s">
-        <v>694</v>
+        <v>681</v>
       </c>
       <c r="H295" s="7">
-        <v>563336</v>
+        <v>563470</v>
       </c>
       <c r="I295" s="7">
-        <v>172080</v>
+        <v>172170</v>
       </c>
       <c r="J295" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K295" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="296" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B296" s="8" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="E296" s="7" t="s">
-        <v>115</v>
+        <v>683</v>
       </c>
       <c r="F296" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G296" s="7" t="s">
-        <v>696</v>
+        <v>684</v>
       </c>
       <c r="H296" s="7">
-        <v>563242</v>
+        <v>563411</v>
       </c>
       <c r="I296" s="7">
-        <v>172264</v>
+        <v>172130</v>
       </c>
       <c r="J296" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K296" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="297" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B297" s="8" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="E297" s="7" t="s">
-        <v>361</v>
+        <v>686</v>
       </c>
       <c r="F297" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="7" t="s">
-        <v>362</v>
+        <v>687</v>
       </c>
       <c r="H297" s="7">
-        <v>562884</v>
+        <v>563336</v>
       </c>
       <c r="I297" s="7">
-        <v>172277</v>
+        <v>172080</v>
       </c>
       <c r="J297" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K297" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="298" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B298" s="8" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="E298" s="7" t="s">
-        <v>699</v>
+        <v>115</v>
       </c>
       <c r="F298" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G298" s="7" t="s">
-        <v>700</v>
+        <v>689</v>
       </c>
       <c r="H298" s="7">
-        <v>563454</v>
+        <v>563242</v>
       </c>
       <c r="I298" s="7">
-        <v>172280</v>
+        <v>172264</v>
       </c>
       <c r="J298" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K298" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="299" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B299" s="8" t="s">
-        <v>701</v>
+        <v>690</v>
       </c>
       <c r="E299" s="7" t="s">
-        <v>702</v>
+        <v>354</v>
       </c>
       <c r="F299" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G299" s="7" t="s">
-        <v>703</v>
+        <v>355</v>
       </c>
       <c r="H299" s="7">
-        <v>563268</v>
+        <v>562884</v>
       </c>
       <c r="I299" s="7">
-        <v>172098</v>
+        <v>172277</v>
       </c>
       <c r="J299" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K299" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="300" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B300" s="8" t="s">
-        <v>704</v>
-[...2 lines deleted...]
-        <v>705</v>
+        <v>691</v>
       </c>
       <c r="E300" s="7" t="s">
-        <v>706</v>
+        <v>692</v>
       </c>
       <c r="F300" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G300" s="7" t="s">
-        <v>707</v>
+        <v>693</v>
       </c>
       <c r="H300" s="7">
-        <v>562956</v>
+        <v>563454</v>
       </c>
       <c r="I300" s="7">
-        <v>172359</v>
+        <v>172280</v>
       </c>
       <c r="J300" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K300" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B301" s="8" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>709</v>
+        <v>694</v>
       </c>
       <c r="E301" s="7" t="s">
-        <v>710</v>
+        <v>695</v>
       </c>
       <c r="F301" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="7" t="s">
-        <v>711</v>
+        <v>696</v>
       </c>
       <c r="H301" s="7">
-        <v>563352</v>
+        <v>563268</v>
       </c>
       <c r="I301" s="7">
-        <v>172253</v>
+        <v>172098</v>
       </c>
       <c r="J301" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K301" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="302" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B302" s="8" t="s">
-        <v>712</v>
+        <v>697</v>
       </c>
       <c r="D302" s="9" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="E302" s="7" t="s">
-        <v>710</v>
+        <v>699</v>
       </c>
       <c r="F302" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="7" t="s">
-        <v>711</v>
+        <v>700</v>
       </c>
       <c r="H302" s="7">
-        <v>563344</v>
+        <v>562956</v>
       </c>
       <c r="I302" s="7">
-        <v>172277</v>
+        <v>172359</v>
       </c>
       <c r="J302" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K302" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="303" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B303" s="8" t="s">
-        <v>714</v>
+        <v>701</v>
       </c>
       <c r="D303" s="9" t="s">
-        <v>715</v>
+        <v>702</v>
       </c>
       <c r="E303" s="7" t="s">
-        <v>716</v>
+        <v>703</v>
       </c>
       <c r="F303" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G303" s="7" t="s">
-        <v>717</v>
+        <v>704</v>
       </c>
       <c r="H303" s="7">
-        <v>562779</v>
+        <v>563352</v>
       </c>
       <c r="I303" s="7">
-        <v>172123</v>
+        <v>172253</v>
       </c>
       <c r="J303" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K303" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="304" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B304" s="8" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="D304" s="9" t="s">
-        <v>719</v>
+        <v>706</v>
       </c>
       <c r="E304" s="7" t="s">
-        <v>372</v>
+        <v>703</v>
       </c>
       <c r="F304" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G304" s="7" t="s">
-        <v>720</v>
+        <v>704</v>
       </c>
       <c r="H304" s="7">
-        <v>563194</v>
+        <v>563344</v>
       </c>
       <c r="I304" s="7">
-        <v>172219</v>
+        <v>172277</v>
       </c>
       <c r="J304" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K304" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="305" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B305" s="8" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>722</v>
+        <v>707</v>
       </c>
       <c r="D305" s="9" t="s">
-        <v>723</v>
+        <v>708</v>
       </c>
       <c r="E305" s="7" t="s">
-        <v>372</v>
+        <v>709</v>
       </c>
       <c r="F305" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="7" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="H305" s="7">
-        <v>563171</v>
+        <v>562779</v>
       </c>
       <c r="I305" s="7">
-        <v>172250</v>
+        <v>172123</v>
       </c>
       <c r="J305" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K305" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="306" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B306" s="8" t="s">
-        <v>724</v>
+        <v>711</v>
       </c>
       <c r="D306" s="9" t="s">
-        <v>725</v>
+        <v>712</v>
       </c>
       <c r="E306" s="7" t="s">
-        <v>726</v>
+        <v>365</v>
       </c>
       <c r="F306" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G306" s="7" t="s">
-        <v>727</v>
+        <v>713</v>
       </c>
       <c r="H306" s="7">
-        <v>563119</v>
+        <v>563194</v>
       </c>
       <c r="I306" s="7">
-        <v>172131</v>
+        <v>172219</v>
       </c>
       <c r="J306" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K306" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="307" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B307" s="8" t="s">
-        <v>728</v>
+        <v>714</v>
+      </c>
+      <c r="C307" s="7" t="s">
+        <v>715</v>
+      </c>
+      <c r="D307" s="9" t="s">
+        <v>716</v>
       </c>
       <c r="E307" s="7" t="s">
-        <v>729</v>
+        <v>365</v>
       </c>
       <c r="F307" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G307" s="7" t="s">
-        <v>730</v>
+        <v>713</v>
       </c>
       <c r="H307" s="7">
-        <v>564529</v>
+        <v>563171</v>
       </c>
       <c r="I307" s="7">
-        <v>173829</v>
+        <v>172250</v>
       </c>
       <c r="J307" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K307" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="308" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B308" s="8" t="s">
-        <v>731</v>
+        <v>717</v>
+      </c>
+      <c r="D308" s="9" t="s">
+        <v>718</v>
       </c>
       <c r="E308" s="7" t="s">
-        <v>174</v>
+        <v>719</v>
       </c>
       <c r="F308" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G308" s="7" t="s">
-        <v>732</v>
+        <v>720</v>
       </c>
       <c r="H308" s="7">
-        <v>564579</v>
+        <v>563119</v>
       </c>
       <c r="I308" s="7">
-        <v>173496</v>
+        <v>172131</v>
       </c>
       <c r="J308" s="7" t="s">
-        <v>733</v>
+        <v>571</v>
       </c>
       <c r="K308" s="7" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
     </row>
     <row r="309" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B309" s="8" t="s">
-        <v>734</v>
+        <v>721</v>
       </c>
       <c r="E309" s="7" t="s">
-        <v>735</v>
+        <v>722</v>
       </c>
       <c r="F309" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G309" s="7" t="s">
-        <v>736</v>
+        <v>723</v>
       </c>
       <c r="H309" s="7">
-        <v>565118</v>
+        <v>564529</v>
       </c>
       <c r="I309" s="7">
-        <v>174144</v>
+        <v>173829</v>
       </c>
       <c r="J309" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K309" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="310" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B310" s="8" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="E310" s="7" t="s">
-        <v>738</v>
+        <v>174</v>
       </c>
       <c r="F310" s="7" t="s">
-        <v>739</v>
+        <v>19</v>
       </c>
       <c r="G310" s="7" t="s">
-        <v>740</v>
+        <v>725</v>
       </c>
       <c r="H310" s="7">
-        <v>566037</v>
+        <v>564579</v>
       </c>
       <c r="I310" s="7">
-        <v>169596</v>
+        <v>173496</v>
       </c>
       <c r="J310" s="7" t="s">
-        <v>578</v>
+        <v>726</v>
       </c>
       <c r="K310" s="7" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
     </row>
     <row r="311" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B311" s="8" t="s">
-        <v>741</v>
+        <v>727</v>
       </c>
       <c r="E311" s="7" t="s">
-        <v>156</v>
+        <v>728</v>
       </c>
       <c r="F311" s="7" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
       <c r="G311" s="7" t="s">
-        <v>158</v>
+        <v>729</v>
       </c>
       <c r="H311" s="7">
-        <v>567044</v>
+        <v>565118</v>
       </c>
       <c r="I311" s="7">
-        <v>167028</v>
+        <v>174144</v>
       </c>
       <c r="J311" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K311" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="312" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B312" s="8" t="s">
-        <v>742</v>
+        <v>730</v>
       </c>
       <c r="E312" s="7" t="s">
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="F312" s="7" t="s">
-        <v>744</v>
+        <v>732</v>
       </c>
       <c r="G312" s="7" t="s">
-        <v>745</v>
+        <v>733</v>
       </c>
       <c r="H312" s="7">
-        <v>569199</v>
+        <v>566037</v>
       </c>
       <c r="I312" s="7">
-        <v>171144</v>
+        <v>169596</v>
       </c>
       <c r="J312" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K312" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="313" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B313" s="8" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>734</v>
       </c>
       <c r="E313" s="7" t="s">
-        <v>748</v>
+        <v>156</v>
       </c>
       <c r="F313" s="7" t="s">
-        <v>739</v>
+        <v>157</v>
       </c>
       <c r="G313" s="7" t="s">
-        <v>749</v>
+        <v>158</v>
       </c>
       <c r="H313" s="7">
-        <v>567158</v>
+        <v>567044</v>
       </c>
       <c r="I313" s="7">
-        <v>168367</v>
+        <v>167028</v>
       </c>
       <c r="J313" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K313" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="314" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B314" s="8" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="E314" s="7" t="s">
-        <v>748</v>
+        <v>736</v>
       </c>
       <c r="F314" s="7" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="G314" s="7" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="H314" s="7">
-        <v>567141</v>
+        <v>569199</v>
       </c>
       <c r="I314" s="7">
-        <v>168365</v>
+        <v>171144</v>
       </c>
       <c r="J314" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K314" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="315" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B315" s="8" t="s">
-        <v>752</v>
+        <v>739</v>
       </c>
       <c r="D315" s="9" t="s">
-        <v>753</v>
+        <v>740</v>
       </c>
       <c r="E315" s="7" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="F315" s="7" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="G315" s="7" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="H315" s="7">
-        <v>567258</v>
+        <v>567158</v>
       </c>
       <c r="I315" s="7">
-        <v>168294</v>
+        <v>168367</v>
       </c>
       <c r="J315" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K315" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="316" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B316" s="8" t="s">
-        <v>754</v>
+        <v>743</v>
       </c>
       <c r="D316" s="9" t="s">
-        <v>755</v>
+        <v>744</v>
       </c>
       <c r="E316" s="7" t="s">
-        <v>756</v>
+        <v>741</v>
       </c>
       <c r="F316" s="7" t="s">
-        <v>744</v>
+        <v>732</v>
       </c>
       <c r="G316" s="7" t="s">
-        <v>757</v>
+        <v>742</v>
       </c>
       <c r="H316" s="7">
-        <v>569265</v>
+        <v>567141</v>
       </c>
       <c r="I316" s="7">
-        <v>170426</v>
+        <v>168365</v>
       </c>
       <c r="J316" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K316" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="317" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B317" s="8" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="D317" s="9" t="s">
-        <v>759</v>
+        <v>746</v>
       </c>
       <c r="E317" s="7" t="s">
-        <v>760</v>
+        <v>741</v>
       </c>
       <c r="F317" s="7" t="s">
-        <v>761</v>
+        <v>732</v>
       </c>
       <c r="G317" s="7" t="s">
-        <v>762</v>
+        <v>742</v>
       </c>
       <c r="H317" s="7">
-        <v>565677</v>
+        <v>567258</v>
       </c>
       <c r="I317" s="7">
-        <v>167713</v>
+        <v>168294</v>
       </c>
       <c r="J317" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K317" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="318" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B318" s="8" t="s">
-        <v>763</v>
+        <v>747</v>
+      </c>
+      <c r="D318" s="9" t="s">
+        <v>748</v>
       </c>
       <c r="E318" s="7" t="s">
-        <v>764</v>
+        <v>749</v>
       </c>
       <c r="F318" s="7" t="s">
-        <v>19</v>
+        <v>737</v>
       </c>
       <c r="G318" s="7" t="s">
-        <v>765</v>
+        <v>750</v>
       </c>
       <c r="H318" s="7">
-        <v>565883</v>
+        <v>569265</v>
       </c>
       <c r="I318" s="7">
-        <v>170821</v>
+        <v>170426</v>
       </c>
       <c r="J318" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K318" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="319" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B319" s="8" t="s">
-        <v>766</v>
+        <v>751</v>
+      </c>
+      <c r="D319" s="9" t="s">
+        <v>752</v>
       </c>
       <c r="E319" s="7" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
       <c r="F319" s="7" t="s">
-        <v>19</v>
+        <v>754</v>
       </c>
       <c r="G319" s="7" t="s">
-        <v>768</v>
+        <v>755</v>
       </c>
       <c r="H319" s="7">
-        <v>566937</v>
+        <v>565677</v>
       </c>
       <c r="I319" s="7">
-        <v>172769</v>
+        <v>167713</v>
       </c>
       <c r="J319" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K319" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="320" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B320" s="8" t="s">
-        <v>769</v>
+        <v>756</v>
       </c>
       <c r="E320" s="7" t="s">
-        <v>770</v>
+        <v>757</v>
       </c>
       <c r="F320" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G320" s="7" t="s">
-        <v>276</v>
+        <v>758</v>
       </c>
       <c r="H320" s="7">
-        <v>566563</v>
+        <v>565883</v>
       </c>
       <c r="I320" s="7">
-        <v>172674</v>
+        <v>170821</v>
       </c>
       <c r="J320" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K320" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="321" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B321" s="8" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>772</v>
+        <v>759</v>
       </c>
       <c r="E321" s="7" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="F321" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G321" s="7" t="s">
-        <v>774</v>
+        <v>761</v>
       </c>
       <c r="H321" s="7">
-        <v>566009</v>
+        <v>566937</v>
       </c>
       <c r="I321" s="7">
-        <v>172430</v>
+        <v>172769</v>
       </c>
       <c r="J321" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K321" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="322" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B322" s="8" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="E322" s="7" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="F322" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G322" s="7" t="s">
-        <v>777</v>
+        <v>276</v>
       </c>
       <c r="H322" s="7">
-        <v>566194</v>
+        <v>566563</v>
       </c>
       <c r="I322" s="7">
-        <v>172257</v>
+        <v>172674</v>
       </c>
       <c r="J322" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K322" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="323" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B323" s="8" t="s">
-        <v>778</v>
+        <v>764</v>
       </c>
       <c r="D323" s="9" t="s">
-        <v>779</v>
+        <v>765</v>
       </c>
       <c r="E323" s="7" t="s">
-        <v>780</v>
+        <v>766</v>
       </c>
       <c r="F323" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G323" s="7" t="s">
-        <v>781</v>
+        <v>767</v>
       </c>
       <c r="H323" s="7">
-        <v>565339</v>
+        <v>566009</v>
       </c>
       <c r="I323" s="7">
-        <v>172399</v>
+        <v>172430</v>
       </c>
       <c r="J323" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K323" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="324" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B324" s="8" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>783</v>
+        <v>768</v>
       </c>
       <c r="E324" s="7" t="s">
-        <v>780</v>
+        <v>769</v>
       </c>
       <c r="F324" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G324" s="7" t="s">
-        <v>784</v>
+        <v>770</v>
       </c>
       <c r="H324" s="7">
-        <v>565317</v>
+        <v>566194</v>
       </c>
       <c r="I324" s="7">
-        <v>172338</v>
+        <v>172257</v>
       </c>
       <c r="J324" s="7" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="K324" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="325" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B325" s="8" t="s">
-        <v>785</v>
+        <v>771</v>
       </c>
       <c r="D325" s="9" t="s">
-        <v>786</v>
+        <v>772</v>
       </c>
       <c r="E325" s="7" t="s">
-        <v>787</v>
+        <v>773</v>
       </c>
       <c r="F325" s="7" t="s">
         <v>19</v>
       </c>
       <c r="G325" s="7" t="s">
-        <v>788</v>
+        <v>774</v>
       </c>
       <c r="H325" s="7">
+        <v>565339</v>
+      </c>
+      <c r="I325" s="7">
+        <v>172399</v>
+      </c>
+      <c r="J325" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K325" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="326" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B326" s="8" t="s">
+        <v>775</v>
+      </c>
+      <c r="D326" s="9" t="s">
+        <v>776</v>
+      </c>
+      <c r="E326" s="7" t="s">
+        <v>773</v>
+      </c>
+      <c r="F326" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G326" s="7" t="s">
+        <v>777</v>
+      </c>
+      <c r="H326" s="7">
+        <v>565317</v>
+      </c>
+      <c r="I326" s="7">
+        <v>172338</v>
+      </c>
+      <c r="J326" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K326" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="327" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B327" s="8" t="s">
+        <v>778</v>
+      </c>
+      <c r="D327" s="9" t="s">
+        <v>779</v>
+      </c>
+      <c r="E327" s="7" t="s">
+        <v>780</v>
+      </c>
+      <c r="F327" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G327" s="7" t="s">
+        <v>781</v>
+      </c>
+      <c r="H327" s="7">
         <v>565727</v>
       </c>
-      <c r="I325" s="7">
+      <c r="I327" s="7">
         <v>172165</v>
       </c>
-      <c r="J325" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K325" s="7" t="s">
+      <c r="J327" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="K327" s="7" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:K327" xr:uid="{9B2304E1-982C-4A5A-B322-A8CF496616C3}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>